--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -743,65 +743,65 @@
   <x:si>
     <x:t>09/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>83200</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/01/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
@@ -932,68 +932,68 @@
   <x:si>
     <x:t>Idev - Antenne Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>IFC Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
     <x:t>responsable de clientèle banque finance assurance</x:t>
   </x:si>
   <x:si>
-    <x:t>IFC Méditerranée</x:t>
-[...5 lines deleted...]
-    <x:t>MARSEILLE- 8e</x:t>
+    <x:t>IFC Provence</x:t>
   </x:si>
   <x:si>
     <x:t>conseiller clientèle des particuliers en banque et assurance</x:t>
   </x:si>
   <x:si>
-    <x:t>IFC Provence</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ifte Aix</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences-U Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>ILEC</x:t>
   </x:si>
   <x:si>
     <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>IFAPE</x:t>
@@ -1319,69 +1319,69 @@
   <x:si>
     <x:t>Performance Business School - Antenne Sanary sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>83110</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller commercial (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Pgm Learning</x:t>
   </x:si>
   <x:si>
     <x:t>75012</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
@@ -6305,153 +6305,154 @@
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>567446</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
+      <x:c r="E75" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>567445</x:v>
+        <x:v>558656</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
-      <x:c r="E76" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>558656</x:v>
+        <x:v>567445</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
@@ -7031,162 +7032,162 @@
       <x:c r="K87" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>613351</x:v>
+        <x:v>557311</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>613359</x:v>
+        <x:v>613351</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>557311</x:v>
+        <x:v>613359</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>217</x:v>
@@ -7372,51 +7373,51 @@
       <x:c r="M93" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>613352</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -7426,51 +7427,51 @@
       <x:c r="L94" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>613354</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -7707,51 +7708,51 @@
       <x:c r="M99" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>557308</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -8517,160 +8518,159 @@
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>553381</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
-      <x:c r="E114" s="14" t="s"/>
+      <x:c r="E114" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>566988</x:v>
+        <x:v>553395</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
-      <x:c r="E115" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>553395</x:v>
+        <x:v>566988</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -9191,57 +9191,57 @@
       <x:c r="K125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>552065</x:v>
+        <x:v>599903</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
@@ -9250,392 +9250,392 @@
       <x:c r="K126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>599903</x:v>
+        <x:v>552065</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>36978</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="I127" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="I127" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J127" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>34076</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="Q127" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="Q127" s="4" t="s">
+      <x:c r="R127" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="R127" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>596840</x:v>
+        <x:v>595668</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>38359</x:v>
+        <x:v>36978</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>41036</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="Q128" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="Q128" s="16" t="s">
+      <x:c r="R128" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="R128" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>595668</x:v>
+        <x:v>596840</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
-        <x:v>35538</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>41054</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>596434</x:v>
+        <x:v>595670</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>38359</x:v>
+        <x:v>35538</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>41036</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>595670</x:v>
+        <x:v>596434</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>495426</x:v>
+        <x:v>616217</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>39619</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>41054</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>545039</x:v>
+        <x:v>495426</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>39619</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -9645,173 +9645,173 @@
       <x:c r="K133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>616225</x:v>
+        <x:v>545039</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>38359</x:v>
+        <x:v>39619</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>41036</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>545028</x:v>
+        <x:v>616225</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>616217</x:v>
+        <x:v>545028</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
@@ -10109,57 +10109,57 @@
       <x:c r="K141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>601959</x:v>
+        <x:v>601958</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>302</x:v>
@@ -10170,57 +10170,57 @@
       <x:c r="K142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>601958</x:v>
+        <x:v>601959</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -10544,161 +10544,161 @@
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>549087</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>41338</x:v>
+        <x:v>39615</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>41015</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>609985</x:v>
+        <x:v>609980</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
-        <x:v>39615</x:v>
+        <x:v>41338</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
-        <x:v>41036</x:v>
+        <x:v>41015</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>609980</x:v>
+        <x:v>609985</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
@@ -10835,164 +10835,165 @@
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>614454</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
-      <x:c r="E154" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>549204</x:v>
+        <x:v>516323</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
+      <x:c r="E155" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>516323</x:v>
+        <x:v>549204</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>98</x:v>
@@ -11293,54 +11294,54 @@
       <x:c r="I161" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="R161" s="0" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>556962</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
@@ -11352,54 +11353,54 @@
       <x:c r="I162" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="R162" s="14" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>608095</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
@@ -11409,54 +11410,54 @@
       <x:c r="I163" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="R163" s="0" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>608096</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
@@ -11468,408 +11469,407 @@
       <x:c r="I164" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="R164" s="14" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>586499</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
+      <x:c r="E165" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="R165" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="R165" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>556932</x:v>
+        <x:v>503811</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>36978</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>34076</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="R166" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="R166" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>556966</x:v>
+        <x:v>556932</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
-      <x:c r="E167" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="R167" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="R167" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>549286</x:v>
+        <x:v>556966</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
-        <x:v>170</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>38359</x:v>
+        <x:v>36978</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
-      <x:c r="E168" s="14" t="s"/>
+      <x:c r="E168" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>41036</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="R168" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="R168" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>530478</x:v>
+        <x:v>549286</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
-      <x:c r="E169" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="R169" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="R169" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>503811</x:v>
+        <x:v>530478</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="R170" s="14" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>608074</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11882,172 +11882,172 @@
       <x:c r="I171" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="R171" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="R171" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>549276</x:v>
+        <x:v>600884</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="R172" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="R172" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>600884</x:v>
+        <x:v>549276</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>556939</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
@@ -12062,51 +12062,51 @@
       <x:c r="J174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>608075</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
@@ -12119,51 +12119,51 @@
       <x:c r="J175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>531261</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -15109,325 +15109,325 @@
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>587707</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
-      <x:c r="E227" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>601508</x:v>
+        <x:v>617010</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>617010</x:v>
+        <x:v>617011</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>617011</x:v>
+        <x:v>617014</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>617014</x:v>
+        <x:v>617015</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
+      <x:c r="E231" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>617015</x:v>
+        <x:v>601508</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -15551,51 +15551,51 @@
       <x:c r="M234" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>617009</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
@@ -15883,51 +15883,51 @@
       <x:c r="L240" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>617012</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
@@ -15940,51 +15940,51 @@
       <x:c r="L241" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>601516</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
@@ -16104,51 +16104,51 @@
       <x:c r="J244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>567061</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16294,156 +16294,156 @@
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>602612</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
-        <x:v>38359</x:v>
+        <x:v>39109</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>41036</x:v>
+        <x:v>41062</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>547144</x:v>
+        <x:v>547157</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
-        <x:v>39109</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>41062</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>547157</x:v>
+        <x:v>547144</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">