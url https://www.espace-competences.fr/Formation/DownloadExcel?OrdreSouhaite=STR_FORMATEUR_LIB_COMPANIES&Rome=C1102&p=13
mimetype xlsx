--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -731,89 +731,89 @@
   <x:si>
     <x:t>Forma Var - Antenne Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>ROQUEBRUNE-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>83200</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
+    <x:t>08/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/01/2025 00:00:00</x:t>
-[...11 lines deleted...]
-    <x:t>06/01/2026 00:00:00</x:t>
+    <x:t>07/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/01/2027 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>France Langues Communication - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>06160</x:t>
   </x:si>
   <x:si>
     <x:t>JUAN LES PINS</x:t>
@@ -878,116 +878,116 @@
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de clientèle banque finance assurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de clientèle banque finance assurance</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BOUC-BEL-AIR</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BOUC-BEL-AIR</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
   </x:si>
   <x:si>
     <x:t>Idea Formation +</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>IFC Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
     <x:t>responsable de clientèle banque finance assurance</x:t>
   </x:si>
   <x:si>
-    <x:t>IFC Méditerranée</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>IFC Provence</x:t>
   </x:si>
   <x:si>
     <x:t>conseiller clientèle des particuliers en banque et assurance</x:t>
   </x:si>
   <x:si>
     <x:t>Ifte Aix</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences-U Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>ILEC</x:t>
@@ -1004,92 +1004,92 @@
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS assurance (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation de la Profession de l'Assurance</x:t>
   </x:si>
   <x:si>
     <x:t>IFPASS</x:t>
   </x:si>
   <x:si>
     <x:t>92800</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut de Formation de la Profession de l'Assurance - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
     <x:t>Souscripteur en assurance et réassurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Inspection assurance</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut de Formation de la Profession de l'Assurance - Antenne Marseille</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé d'indemnisation en assurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>IFC</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller clientèle des particuliers en banque et assurance</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller clientèle des particuliers et des professionnels en banque et assurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Responsable de clientèle banque finance assurance (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
+    <x:t>06/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Responsable de clientèle banque finance assurance (Contrat de Professionnalisation)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Libre d'Etudes Commerciales Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Libre d'Etudes Commerciales Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06100</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller clientèle omnicanal bancassurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Iscod</x:t>
   </x:si>
   <x:si>
     <x:t>Service bancaire</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>Kaali Formation</x:t>
@@ -1253,59 +1253,59 @@
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Lycée Marie-France - Cfa Marie-France</x:t>
   </x:si>
   <x:si>
     <x:t>LMF</x:t>
   </x:si>
   <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Saint Vincent de Paul - Formations des Apprentis</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
+    <x:t>08/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/25/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Optima Formation</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Optivalys Formations</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>Optivalys Formations - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2027 00:00:00</x:t>
@@ -1331,63 +1331,63 @@
   <x:si>
     <x:t>Titre professionnel conseiller commercial (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pro Sap Formations</x:t>
   </x:si>
   <x:si>
     <x:t>75019</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller clientèle en banque et assurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Banque</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Capacité professionnelle des salariés commerciaux dans les sociétés d'assurances (livret de stage niveau I)</x:t>
   </x:si>
@@ -2970,120 +2970,120 @@
       <x:c r="J18" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>552284</x:v>
+        <x:v>603507</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>36591</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>603507</x:v>
+        <x:v>552284</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
@@ -4914,164 +4914,165 @@
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>609198</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38440</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
-      <x:c r="E52" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>609197</x:v>
+        <x:v>572338</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38440</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
+      <x:c r="E53" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>572338</x:v>
+        <x:v>609197</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38440</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>174</x:v>
@@ -6168,273 +6169,273 @@
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>567445</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
+      <x:c r="E73" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>567446</x:v>
+        <x:v>558656</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
-      <x:c r="E74" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>558656</x:v>
+        <x:v>567446</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
-      <x:c r="E75" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>558657</x:v>
+        <x:v>567444</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
-      <x:c r="E76" s="14" t="s"/>
+      <x:c r="E76" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>567444</x:v>
+        <x:v>558657</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -6616,114 +6617,114 @@
       <x:c r="K80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>601547</x:v>
+        <x:v>548679</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>548679</x:v>
+        <x:v>601547</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
@@ -6786,51 +6787,51 @@
       <x:c r="K83" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>613359</x:v>
+        <x:v>557308</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
@@ -6843,108 +6844,108 @@
       <x:c r="K84" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>557308</x:v>
+        <x:v>557310</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="U84" s="16" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>557310</x:v>
+        <x:v>557311</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
@@ -6954,386 +6955,387 @@
       <x:c r="K86" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>557311</x:v>
+        <x:v>613359</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
+      <x:c r="E87" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>613350</x:v>
+        <x:v>605538</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="U87" s="4" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>613357</x:v>
+        <x:v>557312</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>557309</x:v>
+        <x:v>613350</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>613351</x:v>
+        <x:v>613357</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>613358</x:v>
+        <x:v>613351</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="U91" s="4" t="s">
         <x:v>187</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
-      <x:c r="E92" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>605538</x:v>
+        <x:v>613358</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
@@ -7343,57 +7345,57 @@
       <x:c r="K93" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>557312</x:v>
+        <x:v>557309</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="U93" s="4" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -7403,51 +7405,51 @@
       <x:c r="L94" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>613353</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -7568,51 +7570,51 @@
       <x:c r="L97" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>613354</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
@@ -7679,54 +7681,54 @@
       <x:c r="L99" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>613352</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -8668,154 +8670,154 @@
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>567943</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>36978</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>566988</x:v>
+        <x:v>586195</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>36978</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>34076</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="S118" s="14" t="n">
+        <x:v>566988</x:v>
+      </x:c>
+      <x:c r="T118" s="16" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="U118" s="16" t="s">
         <x:v>270</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -8933,51 +8935,51 @@
       <x:c r="J121" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>609141</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -8992,51 +8994,51 @@
       <x:c r="J122" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>553485</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9241,154 +9243,154 @@
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>599903</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>36978</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="I127" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="I127" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J127" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>34076</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="Q127" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="Q127" s="4" t="s">
+      <x:c r="R127" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="R127" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>596840</x:v>
+        <x:v>595668</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>38359</x:v>
+        <x:v>36978</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>41036</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="Q128" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="Q128" s="16" t="s">
+      <x:c r="R128" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="R128" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>595668</x:v>
+        <x:v>596840</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -9636,159 +9638,159 @@
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>616225</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>39619</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>41054</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>545039</x:v>
+        <x:v>545028</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>38359</x:v>
+        <x:v>39619</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>41036</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>545028</x:v>
+        <x:v>545039</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
@@ -10215,271 +10217,271 @@
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>515309</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>41338</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
-      <x:c r="E144" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>41015</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>609985</x:v>
+        <x:v>517249</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>38359</x:v>
+        <x:v>41338</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
-        <x:v>41036</x:v>
+        <x:v>41015</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>549085</x:v>
+        <x:v>609985</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
-      <x:c r="E146" s="14" t="s"/>
+      <x:c r="E146" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>517249</x:v>
+        <x:v>549085</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>609978</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
@@ -10496,111 +10498,111 @@
       <x:c r="H148" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>609980</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>39615</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>549087</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
@@ -10617,111 +10619,111 @@
       <x:c r="H150" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>521861</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>41338</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>609986</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
@@ -11234,326 +11236,325 @@
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>516323</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>38359</x:v>
+        <x:v>36978</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>41036</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="R161" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="R161" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>530478</x:v>
+        <x:v>586499</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
-        <x:v>170</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>36978</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
-      <x:c r="E162" s="14" t="s"/>
+      <x:c r="E162" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>34076</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="R162" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="R162" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>586499</x:v>
+        <x:v>600884</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
-      <x:c r="E163" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="R163" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="R163" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>600884</x:v>
+        <x:v>530478</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="R164" s="14" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>556962</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="R165" s="0" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>556966</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
@@ -11562,114 +11563,114 @@
       <x:c r="H166" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="R166" s="14" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>608074</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="R167" s="0" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>556932</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11680,173 +11681,173 @@
       <x:c r="H168" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="R168" s="14" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>549276</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="R169" s="0" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>608096</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="R170" s="14" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>608095</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11856,57 +11857,57 @@
       <x:c r="H171" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="R171" s="0" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>503811</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11917,57 +11918,57 @@
       <x:c r="H172" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="R172" s="14" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>549286</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
@@ -11980,57 +11981,57 @@
       <x:c r="J173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>531261</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
@@ -12039,51 +12040,51 @@
       <x:c r="J174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>556939</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
@@ -12096,51 +12097,51 @@
       <x:c r="J175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>608075</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -13826,162 +13827,161 @@
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>556855</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
-        <x:v>38359</x:v>
+        <x:v>35538</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>363</x:v>
-[...2 lines deleted...]
-        <x:v>364</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>41036</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>609730</x:v>
+        <x:v>548482</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>35538</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>366</x:v>
-[...1 lines deleted...]
-      <x:c r="H206" s="14" t="s"/>
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="H206" s="14" t="s">
+        <x:v>364</x:v>
+      </x:c>
       <x:c r="I206" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>41054</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>548482</x:v>
+        <x:v>609730</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>367</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -14442,57 +14442,57 @@
       <x:c r="K215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>504946</x:v>
+        <x:v>547433</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
@@ -14501,54 +14501,54 @@
       <x:c r="K216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>547433</x:v>
+        <x:v>504946</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
@@ -14680,51 +14680,51 @@
       <x:c r="M219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>573919</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
@@ -15355,395 +15355,395 @@
       <x:c r="K231" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>611409</x:v>
+        <x:v>611255</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>611411</x:v>
+        <x:v>587707</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
+      <x:c r="E233" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>587707</x:v>
+        <x:v>601508</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
-      <x:c r="E234" s="14" t="s"/>
+      <x:c r="E234" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>611255</x:v>
+        <x:v>601516</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
-      <x:c r="E235" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>601508</x:v>
+        <x:v>611409</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
-      <x:c r="E236" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>601516</x:v>
+        <x:v>611411</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="U236" s="16" t="s">
         <x:v>424</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>567061</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
@@ -15990,51 +15990,51 @@
       <x:c r="L242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>602620</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -16509,51 +16509,51 @@
       <x:c r="M251" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>41075</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>613738</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>