--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -728,54 +728,54 @@
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale du Canton de Lambesc</x:t>
   </x:si>
   <x:si>
     <x:t>13410</x:t>
   </x:si>
   <x:si>
     <x:t>LAMBESC</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale La Denoves</x:t>
   </x:si>
   <x:si>
     <x:t>84170</x:t>
   </x:si>
   <x:si>
     <x:t>MONTEUX</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/01/2028 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale Rhône Alpilles</x:t>
   </x:si>
   <x:si>
     <x:t>13310</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MARTIN-DE-CRAU</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MFREO</x:t>
   </x:si>
   <x:si>
     <x:t>05300</x:t>
   </x:si>
@@ -2367,169 +2367,170 @@
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>609028</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F19" s="0" t="s">
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>605816</x:v>
+        <x:v>583941</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
-        <x:v>65</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>583941</x:v>
+        <x:v>605816</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -4358,57 +4359,57 @@
       <x:c r="K51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>605890</x:v>
+        <x:v>549887</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>78</x:v>
@@ -4419,57 +4420,57 @@
       <x:c r="K52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>549887</x:v>
+        <x:v>605890</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -8270,51 +8271,51 @@
       <x:c r="K117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>599720</x:v>
+        <x:v>599721</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>215</x:v>
@@ -8331,51 +8332,51 @@
       <x:c r="K118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>599721</x:v>
+        <x:v>599720</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -8518,51 +8519,51 @@
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>600439</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>224</x:v>
@@ -8579,51 +8580,51 @@
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>549029</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
@@ -8639,51 +8640,51 @@
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>549027</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>224</x:v>
@@ -8760,51 +8761,51 @@
       <x:c r="M125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>600441</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>224</x:v>
@@ -8883,148 +8884,148 @@
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>596657</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>40523</x:v>
+        <x:v>38316</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>595399</x:v>
+        <x:v>596655</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
-        <x:v>38316</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>21052</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>596655</x:v>
+        <x:v>595399</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>