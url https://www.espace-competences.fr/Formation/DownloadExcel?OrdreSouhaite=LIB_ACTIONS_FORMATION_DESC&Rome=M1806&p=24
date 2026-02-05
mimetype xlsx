--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -704,56 +704,56 @@
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B2h13 Aix - My Business School - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/03/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>manager du développement de projets transversaux et innovants</x:t>
   </x:si>
   <x:si>
     <x:t>My BS - My Business School La Valette</x:t>
   </x:si>
   <x:si>
     <x:t>B2h13 Aix - My Business School</x:t>
   </x:si>
   <x:si>
     <x:t>My BS - My Business School Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ensup Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Responsabilité sociétale entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
@@ -863,119 +863,119 @@
   <x:si>
     <x:t>09/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Communication entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projet web digital (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Dcf - Academy Numérique</x:t>
   </x:si>
   <x:si>
     <x:t>04510</x:t>
   </x:si>
   <x:si>
     <x:t>LE CHAFFAUT-SAINT-JURSON</x:t>
   </x:si>
   <x:si>
+    <x:t>11/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/04/2024 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>11/04/2026 00:00:00</x:t>
+    <x:t>02/19/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/19/2024 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>02/19/2026 00:00:00</x:t>
+    <x:t>Manager de programmes et projets SI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Openclassrooms</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PARIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de programmes et projets SI (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Openclassrooms</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Manager de la transformation digitale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Iscod</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la transformation digitale</x:t>
   </x:si>
   <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
+    <x:t>06/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/01/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Expert en ingénierie informatique spécialisation ingénierie de la blockchain (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Licence Professionnelle - Métiers de l'informatique : administration et sécurité des systèmes et des réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'informatique : administration et sécurité des systèmes et des réseaux parcours cybersécurité et réponse à incident pour les systèmes d’information, industriels et urbains (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
@@ -1658,84 +1658,84 @@
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
     <x:t>Accessibilité numérique</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-MAXIME</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
+    <x:t>LORGUES</x:t>
+  </x:si>
+  <x:si>
     <x:t>LE LUC EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>TRETS</x:t>
   </x:si>
   <x:si>
     <x:t>MONTAUROUX</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
@@ -3379,147 +3379,147 @@
       <x:c r="R20" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>598115</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>31113</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>575993</x:v>
+        <x:v>554807</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>31113</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>554807</x:v>
+        <x:v>575993</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>36</x:v>
@@ -6169,151 +6169,151 @@
       <x:c r="S70" s="14" t="n">
         <x:v>608922</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>607705</x:v>
+        <x:v>608924</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>608924</x:v>
+        <x:v>607705</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -7658,445 +7658,445 @@
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>534875</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>40150</x:v>
+        <x:v>34394</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>31094</x:v>
+        <x:v>46301</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>601340</x:v>
+        <x:v>499795</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>34394</x:v>
+        <x:v>40150</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>46301</x:v>
+        <x:v>31094</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>499795</x:v>
+        <x:v>601340</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>40150</x:v>
+        <x:v>34394</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>31094</x:v>
+        <x:v>46301</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>584170</x:v>
+        <x:v>499794</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>34394</x:v>
+        <x:v>40150</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>46301</x:v>
+        <x:v>31094</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>499794</x:v>
+        <x:v>584170</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38599</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="H101" s="0" t="s">
+      <x:c r="I101" s="4" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="R101" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="R101" s="0" t="s">
+      <x:c r="S101" s="0" t="n">
+        <x:v>578575</x:v>
+      </x:c>
+      <x:c r="T101" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="S101" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T101" s="4" t="s">
+      <x:c r="U101" s="4" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38599</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="H102" s="14" t="s">
+      <x:c r="I102" s="16" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="R102" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="R102" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>578575</x:v>
+        <x:v>615679</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="U102" s="16" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38599</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H103" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="H103" s="0" t="s">
+      <x:c r="I103" s="4" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="R103" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="R103" s="0" t="s">
+      <x:c r="S103" s="0" t="n">
+        <x:v>578576</x:v>
+      </x:c>
+      <x:c r="T103" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="S103" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38591</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
@@ -8219,168 +8219,168 @@
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>31094</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>569315</x:v>
+        <x:v>578850</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38591</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>31094</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>613760</x:v>
+        <x:v>569315</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38591</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>31094</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>578850</x:v>
+        <x:v>613760</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -9162,141 +9162,141 @@
       <x:c r="R122" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>549759</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>615894</x:v>
+        <x:v>615895</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>615895</x:v>
+        <x:v>615894</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>40612</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
@@ -9924,100 +9924,100 @@
       <x:c r="M136" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>568025</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>568026</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
@@ -10026,100 +10026,100 @@
       <x:c r="M138" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>568028</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>568024</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
@@ -10128,100 +10128,100 @@
       <x:c r="M140" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>568029</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>568027</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
@@ -11432,57 +11432,57 @@
       <x:c r="K163" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>535024</x:v>
+        <x:v>551039</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
@@ -11491,57 +11491,57 @@
       <x:c r="K164" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>551039</x:v>
+        <x:v>535024</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -11798,730 +11798,730 @@
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>597152</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H170" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="H170" s="14" t="s">
+      <x:c r="I170" s="16" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="R170" s="14" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>578622</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H171" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="H171" s="0" t="s">
+      <x:c r="I171" s="4" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="R171" s="0" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>578625</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H172" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="H172" s="14" t="s">
+      <x:c r="I172" s="16" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="R172" s="14" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>610847</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H173" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="H173" s="0" t="s">
+      <x:c r="I173" s="4" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="R173" s="0" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>615664</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>272</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H174" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="H174" s="14" t="s">
+      <x:c r="I174" s="16" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="R174" s="14" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>615687</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H175" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="H175" s="0" t="s">
+      <x:c r="I175" s="4" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="R175" s="0" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>578624</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
-        <x:v>272</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="H176" s="14" t="s">
+      <x:c r="I176" s="16" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="R176" s="14" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>578627</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H177" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="H177" s="0" t="s">
+      <x:c r="I177" s="4" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="R177" s="0" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>610848</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
-        <x:v>272</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H178" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="H178" s="14" t="s">
+      <x:c r="I178" s="16" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="R178" s="14" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>615689</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H179" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="H179" s="0" t="s">
+      <x:c r="I179" s="4" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="R179" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="R179" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>578623</x:v>
+        <x:v>578626</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H180" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="H180" s="14" t="s">
+      <x:c r="I180" s="16" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="R180" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="R180" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>578626</x:v>
+        <x:v>615688</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H181" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="H181" s="0" t="s">
+      <x:c r="I181" s="4" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="R181" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="R181" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>615688</x:v>
+        <x:v>578623</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
@@ -12598,51 +12598,51 @@
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>614355</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
-        <x:v>272</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>42</x:v>
@@ -12655,51 +12655,51 @@
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>598490</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>82</x:v>
@@ -12871,59 +12871,59 @@
       <x:c r="L188" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>554510</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37638</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>27</x:v>
@@ -13681,81 +13681,81 @@
         <x:v>311</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>549718</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H203" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="H203" s="0" t="s">
+      <x:c r="I203" s="4" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>31026</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="R203" s="0" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>580625</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>39774</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
@@ -14140,141 +14140,141 @@
       <x:c r="R210" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>604973</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>606190</x:v>
+        <x:v>606189</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>606189</x:v>
+        <x:v>606190</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>37843</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
@@ -14459,100 +14459,100 @@
       <x:c r="M216" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>31004</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>568211</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>31004</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>568207</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
@@ -14561,100 +14561,100 @@
       <x:c r="M218" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>31004</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>568214</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>31004</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>568204</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
@@ -14663,100 +14663,100 @@
       <x:c r="M220" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>31004</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>568199</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>31004</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>568209</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>39577</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -15526,57 +15526,57 @@
       <x:c r="K235" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>11036</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>554904</x:v>
+        <x:v>603430</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>35401</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>425</x:v>
@@ -15587,57 +15587,57 @@
       <x:c r="K236" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>11036</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>603430</x:v>
+        <x:v>554904</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>35401</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
@@ -16696,57 +16696,57 @@
       <x:c r="K255" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>509942</x:v>
+        <x:v>603842</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>425</x:v>
@@ -16757,218 +16757,219 @@
       <x:c r="K256" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>603842</x:v>
+        <x:v>509942</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="H257" s="0" t="s">
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>596714</x:v>
+        <x:v>575971</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>97</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>575971</x:v>
+        <x:v>596715</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>596715</x:v>
+        <x:v>596714</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="G260" s="14" t="s">
         <x:v>493</x:v>
@@ -17107,51 +17108,51 @@
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>599305</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>42</x:v>
@@ -17776,156 +17777,156 @@
       <x:c r="I275" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>612713</x:v>
+        <x:v>603794</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>612712</x:v>
+        <x:v>603805</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>525</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>526</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>613093</x:v>
+        <x:v>612713</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>521</x:v>
@@ -17934,2496 +17935,2496 @@
       <x:c r="K278" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>613096</x:v>
+        <x:v>612712</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>613097</x:v>
+        <x:v>613093</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>613102</x:v>
+        <x:v>613096</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>613104</x:v>
+        <x:v>613097</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>613109</x:v>
+        <x:v>613102</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>613116</x:v>
+        <x:v>613104</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>613119</x:v>
+        <x:v>613109</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>603729</x:v>
+        <x:v>613116</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>603732</x:v>
+        <x:v>613119</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>603734</x:v>
+        <x:v>603729</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>603747</x:v>
+        <x:v>603732</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>603753</x:v>
+        <x:v>603734</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>539</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>603792</x:v>
+        <x:v>603747</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>603801</x:v>
+        <x:v>603753</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>603804</x:v>
+        <x:v>603792</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>603807</x:v>
+        <x:v>603801</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>613114</x:v>
+        <x:v>603804</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>525</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>526</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>613117</x:v>
+        <x:v>603807</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>603726</x:v>
+        <x:v>613114</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>603733</x:v>
+        <x:v>613117</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>603738</x:v>
+        <x:v>603726</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>603743</x:v>
+        <x:v>603733</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s"/>
       <x:c r="K300" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>603745</x:v>
+        <x:v>603738</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>603788</x:v>
+        <x:v>603743</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>603790</x:v>
+        <x:v>603745</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>603796</x:v>
+        <x:v>603788</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>603799</x:v>
+        <x:v>603790</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>613094</x:v>
+        <x:v>603796</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>613106</x:v>
+        <x:v>603799</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>525</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>526</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>613107</x:v>
+        <x:v>613094</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>613112</x:v>
+        <x:v>613106</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>613115</x:v>
+        <x:v>613107</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>603723</x:v>
+        <x:v>613112</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>603808</x:v>
+        <x:v>613115</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>613100</x:v>
+        <x:v>603723</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>525</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>526</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>613101</x:v>
+        <x:v>603808</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>613118</x:v>
+        <x:v>613100</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>603724</x:v>
+        <x:v>613101</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>603727</x:v>
+        <x:v>613118</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>603730</x:v>
+        <x:v>603724</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>603737</x:v>
+        <x:v>603727</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>603739</x:v>
+        <x:v>603730</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>527</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>603794</x:v>
+        <x:v>603737</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>603805</x:v>
+        <x:v>603739</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>603741</x:v>
+        <x:v>612710</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>603749</x:v>
+        <x:v>603741</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>603789</x:v>
+        <x:v>603749</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>612710</x:v>
+        <x:v>603789</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>613092</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>521</x:v>
@@ -20530,215 +20531,215 @@
       <x:c r="I329" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>612711</x:v>
+        <x:v>613090</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>539</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>613110</x:v>
+        <x:v>613098</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>613113</x:v>
+        <x:v>603736</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>613120</x:v>
+        <x:v>603802</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>525</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>526</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>82</x:v>
@@ -20787,307 +20788,307 @@
         <x:v>521</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>531</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>603736</x:v>
+        <x:v>613110</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>603802</x:v>
+        <x:v>613113</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>613090</x:v>
+        <x:v>613120</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>613098</x:v>
+        <x:v>613091</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>613091</x:v>
+        <x:v>613099</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>613099</x:v>
+        <x:v>612711</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>41</x:v>