--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -821,80 +821,80 @@
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>Kh Europe Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83370</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRETS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COGOLIN</x:t>
+  </x:si>
+  <x:si>
     <x:t>SAINTE-MAXIME</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
-    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
@@ -1202,66 +1202,66 @@
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre National d'Enseignement à Distance</x:t>
   </x:si>
   <x:si>
     <x:t>CNED</x:t>
   </x:si>
   <x:si>
     <x:t>86360</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>CHASSENEUIL-DU-POITOU</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACPM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform|Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Azur Formation</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Comprendre Apprendre Pratiquer Formation</x:t>
   </x:si>
@@ -3469,114 +3469,114 @@
       <x:c r="K30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>564389</x:v>
+        <x:v>606241</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>30122</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>606241</x:v>
+        <x:v>564389</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>40290</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
@@ -4433,54 +4433,54 @@
       <x:c r="J47" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>575667</x:v>
+        <x:v>575668</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
@@ -4492,54 +4492,54 @@
       <x:c r="J48" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>575668</x:v>
+        <x:v>575667</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -7412,205 +7412,205 @@
         <x:v>239</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>604909</x:v>
+        <x:v>604878</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>604911</x:v>
+        <x:v>604884</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>604915</x:v>
+        <x:v>604887</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>604930</x:v>
+        <x:v>604882</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>239</x:v>
@@ -7619,202 +7619,202 @@
       <x:c r="K104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>615496</x:v>
+        <x:v>604918</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>615502</x:v>
+        <x:v>604924</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>615526</x:v>
+        <x:v>615498</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>615529</x:v>
+        <x:v>615499</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>239</x:v>
@@ -7823,616 +7823,616 @@
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>604878</x:v>
+        <x:v>615505</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>604884</x:v>
+        <x:v>615543</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>604887</x:v>
+        <x:v>615544</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>604882</x:v>
+        <x:v>615549</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>604918</x:v>
+        <x:v>615496</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>604924</x:v>
+        <x:v>615502</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>615498</x:v>
+        <x:v>615526</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>615499</x:v>
+        <x:v>615529</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>615505</x:v>
+        <x:v>604909</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>615543</x:v>
+        <x:v>604911</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>615544</x:v>
+        <x:v>604915</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>615549</x:v>
+        <x:v>604930</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
@@ -9093,51 +9093,51 @@
       <x:c r="I133" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>615550</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
@@ -9297,51 +9297,51 @@
       <x:c r="I137" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>615530</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
@@ -9656,51 +9656,51 @@
         <x:v>239</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>604888</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>239</x:v>
@@ -9807,51 +9807,51 @@
       <x:c r="I147" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>604910</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
@@ -9962,51 +9962,51 @@
         <x:v>239</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>615492</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>239</x:v>
@@ -10113,51 +10113,51 @@
       <x:c r="I153" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>615533</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -10929,51 +10929,51 @@
       <x:c r="I169" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>615540</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
@@ -10982,51 +10982,51 @@
         <x:v>239</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>615545</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>248</x:v>
@@ -12038,181 +12038,181 @@
       <x:c r="H189" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>500979</x:v>
+        <x:v>605651</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>605651</x:v>
+        <x:v>500980</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>500980</x:v>
+        <x:v>500979</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
@@ -12777,51 +12777,51 @@
       <x:c r="J202" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>608429</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -13274,93 +13274,90 @@
       <x:c r="S210" s="14" t="n">
         <x:v>603603</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>354</x:v>
-[...2 lines deleted...]
-        <x:v>355</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>555975</x:v>
+        <x:v>552161</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
@@ -13369,173 +13366,175 @@
       <x:c r="K212" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>552161</x:v>
+        <x:v>552162</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>363</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>552162</x:v>
+        <x:v>601740</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>352</x:v>
-[...1 lines deleted...]
-      <x:c r="H214" s="14" t="s"/>
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s">
+        <x:v>355</x:v>
+      </x:c>
       <x:c r="I214" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>601740</x:v>
+        <x:v>555975</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
@@ -13619,203 +13618,204 @@
       <x:c r="R216" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>573538</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="H217" s="0" t="s">
+        <x:v>378</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>588429</x:v>
+        <x:v>616196</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>379</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>616196</x:v>
+        <x:v>615132</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>615132</x:v>
+        <x:v>588429</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
@@ -15037,51 +15037,51 @@
       <x:c r="J241" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>604147</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -15158,51 +15158,51 @@
       <x:c r="J243" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>553183</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>33</x:v>
       </x:c>