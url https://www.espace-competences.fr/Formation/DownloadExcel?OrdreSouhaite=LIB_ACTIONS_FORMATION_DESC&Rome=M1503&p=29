--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -419,77 +419,77 @@
   <x:si>
     <x:t>Responsable en gestion administrative et ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>IFC</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable en gestion administrative et ressources humaines (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation scolaire, universitaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>responsable en gestion administrative et ressources humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFC Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable en gestion administrative et ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation scolaire, universitaire</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>11/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de gestion des ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation Perrimond</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
@@ -959,131 +959,131 @@
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Riera - Campus International Riera</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Riera - Campus International Riera - Antenne Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Azur</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Azur - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>Groupe Someform - Antenne La Garde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alternance Var Vaucluse - Antenne La Garde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fdm Groupe</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MITRE-LES-REMPARTS</x:t>
   </x:si>
   <x:si>
+    <x:t>07/15/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/07/2024 00:00:00</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Alternance Azur - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Sud Azur - Groupe Alternance Nice</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en ressources humaines (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
+    <x:t>09/15/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>ÉRUDIS Formation</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ESG</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Droit travail</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager du développement des ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2025 00:00:00</x:t>
@@ -1259,203 +1259,203 @@
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ensup Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Responsabilité sociétale entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation Professionnelle Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation Professionnelle Vincent de Paul - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/18/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/06/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/25/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/18/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Sully Business School</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Neven Education</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>INSEEC</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>IFC Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>IFC Provence</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B2h13 Aix - My Business School</x:t>
   </x:si>
   <x:si>
     <x:t>My BS - My Business School Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des organisations (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
   </x:si>
   <x:si>
+    <x:t>Ecole des Sciences et Techniques Commerciales</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ESTC </x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec Sainte Marie - Institut Supérieur du Tourisme de Cannes</x:t>
+  </x:si>
+  <x:si>
     <x:t>Coaching Paca - Ecole Supérieure de Commerce et de Management</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>10/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Wiki Learn Formation</x:t>
   </x:si>
   <x:si>
     <x:t>WLF</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
+    <x:t>09/05/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alternance Exxecc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/05/2024 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/17/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Institut supérieur du tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>Collège Sainte-Marie</x:t>
   </x:si>
   <x:si>
     <x:t>03/29/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
@@ -1982,54 +1982,54 @@
   <x:si>
     <x:t>07/12/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Triphase Formations</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de développement des ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de développement des ressources humaines (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans</x:t>
   </x:si>
   <x:si>
+    <x:t>02/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Charg? de gestion des ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>Changement et prévention des risques psychosociaux</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat prévention et gestion des risques psycho-sociaux dans le cadre professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>Institut d'Etudes Politiques</x:t>
   </x:si>
   <x:si>
     <x:t>IEP</x:t>
   </x:si>
   <x:si>
     <x:t>01/29/2026 00:00:00</x:t>
   </x:si>
@@ -3615,60 +3615,60 @@
       <x:c r="H17" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>555949</x:v>
+        <x:v>555948</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>41132</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>92</x:v>
@@ -3734,60 +3734,60 @@
       <x:c r="H19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>555948</x:v>
+        <x:v>555949</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>37010</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
@@ -4272,222 +4272,222 @@
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>549287</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>586193</x:v>
+        <x:v>556971</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="B30" s="14" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>596951</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>110</x:v>
-[...2 lines deleted...]
-        <x:v>111</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>556971</x:v>
+        <x:v>586193</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
@@ -4500,51 +4500,51 @@
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>602984</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>37</x:v>
@@ -4557,51 +4557,51 @@
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>556972</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
@@ -4614,97 +4614,97 @@
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>563574</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>586194</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>40863</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>81</x:v>
@@ -6171,127 +6171,127 @@
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>575020</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>35917</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>595410</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>35917</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>595409</x:v>
       </x:c>
@@ -6630,295 +6630,295 @@
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>575864</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>595468</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>595469</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>595470</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>595472</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>595471</x:v>
       </x:c>
@@ -8150,560 +8150,560 @@
         <x:v>601473</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>546151</x:v>
+        <x:v>552235</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>38824</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>609149</x:v>
+        <x:v>600599</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>294</x:v>
-[...1 lines deleted...]
-      <x:c r="H100" s="14" t="s"/>
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H100" s="14" t="s">
+        <x:v>287</x:v>
+      </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>543478</x:v>
+        <x:v>601363</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>287</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>543481</x:v>
+        <x:v>541163</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>286</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>541163</x:v>
+        <x:v>599175</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>599175</x:v>
+        <x:v>546151</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>600599</x:v>
+        <x:v>543478</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>286</x:v>
-[...2 lines deleted...]
-        <x:v>287</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>601363</x:v>
+        <x:v>543481</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>552235</x:v>
+        <x:v>609149</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -8735,82 +8735,82 @@
         <x:v>545493</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>546150</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -8891,99 +8891,99 @@
       <x:c r="M110" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>600433</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>601820</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -9125,54 +9125,54 @@
       <x:c r="L114" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>541165</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -9301,51 +9301,51 @@
       <x:c r="M117" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>603646</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
@@ -9707,54 +9707,54 @@
       <x:c r="L124" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>601362</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -9944,51 +9944,51 @@
       <x:c r="M128" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>603543</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -10354,88 +10354,88 @@
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>553426</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>591926</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
@@ -10525,559 +10525,560 @@
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>590770</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>28776</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H139" s="0" t="s">
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>510478</x:v>
+        <x:v>608103</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>556977</x:v>
+        <x:v>556976</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>38824</x:v>
+        <x:v>35756</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>556976</x:v>
+        <x:v>531198</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>35756</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>531198</x:v>
+        <x:v>531508</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>38824</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>110</x:v>
-[...2 lines deleted...]
-        <x:v>111</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>531508</x:v>
+        <x:v>597474</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>28776</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>597474</x:v>
+        <x:v>510478</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>608103</x:v>
+        <x:v>531507</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>38824</x:v>
+        <x:v>39595</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>110</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>32015</x:v>
+        <x:v>13222</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>531507</x:v>
+        <x:v>592300</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>39595</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H147" s="0" t="s">
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>13222</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>592300</x:v>
+        <x:v>556977</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -11147,51 +11148,51 @@
       <x:c r="M149" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>608105</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -11613,127 +11614,127 @@
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>600160</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>39864</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>592278</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>39864</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>592279</x:v>
       </x:c>
@@ -13139,815 +13140,815 @@
         <x:v>552455</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>36986</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>498931</x:v>
+        <x:v>504145</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
-        <x:v>36986</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
-        <x:v>33035</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>503874</x:v>
+        <x:v>607699</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>36986</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>33035</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>498932</x:v>
+        <x:v>589852</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>589852</x:v>
+        <x:v>589861</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
-        <x:v>36986</x:v>
+        <x:v>38489</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>370</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
-        <x:v>33035</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>504145</x:v>
+        <x:v>603570</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
-        <x:v>40244</x:v>
+        <x:v>36986</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>33047</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>607699</x:v>
+        <x:v>498932</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
-        <x:v>39091</x:v>
+        <x:v>36986</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>385</x:v>
-[...1 lines deleted...]
-      <x:c r="H190" s="14" t="s"/>
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="H190" s="14" t="s">
+        <x:v>375</x:v>
+      </x:c>
       <x:c r="I190" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>535052</x:v>
+        <x:v>498931</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
-        <x:v>40244</x:v>
+        <x:v>36986</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
-        <x:v>33047</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>589861</x:v>
+        <x:v>503874</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
-        <x:v>38489</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>329</x:v>
-[...1 lines deleted...]
-      <x:c r="H192" s="14" t="s"/>
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="H192" s="14" t="s">
+        <x:v>375</x:v>
+      </x:c>
       <x:c r="I192" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>603570</x:v>
+        <x:v>609186</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>609186</x:v>
+        <x:v>607672</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>607672</x:v>
+        <x:v>589870</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
-        <x:v>40244</x:v>
+        <x:v>37748</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
-        <x:v>33047</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>589870</x:v>
+        <x:v>541389</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
-        <x:v>37748</x:v>
+        <x:v>39091</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>380</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
-        <x:v>33035</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>541389</x:v>
+        <x:v>535052</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>37851</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -14078,51 +14079,51 @@
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>589858</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>359</x:v>
@@ -14847,75 +14848,75 @@
       <x:c r="M212" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>605527</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>37748</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>616042</x:v>
       </x:c>
@@ -15066,219 +15067,218 @@
       <x:c r="L216" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>611659</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>37851</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>616149</x:v>
+        <x:v>592419</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>414</x:v>
-[...1 lines deleted...]
-      <x:c r="H218" s="14" t="s"/>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H218" s="14" t="s">
+        <x:v>111</x:v>
+      </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>592419</x:v>
+        <x:v>588376</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>40244</x:v>
+        <x:v>37851</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>110</x:v>
-[...2 lines deleted...]
-        <x:v>111</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>33047</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>588376</x:v>
+        <x:v>616149</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>38489</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
@@ -15355,73 +15355,73 @@
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>559239</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>592418</x:v>
       </x:c>
@@ -15624,57 +15624,57 @@
         <x:v>254</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>552224</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -15715,82 +15715,82 @@
         <x:v>495334</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>497626</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -16005,1028 +16005,1029 @@
       <x:c r="S232" s="14" t="n">
         <x:v>498181</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="H233" s="0" t="s">
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>548734</x:v>
+        <x:v>546236</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>518423</x:v>
+        <x:v>548733</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>608959</x:v>
+        <x:v>548736</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>553371</x:v>
+        <x:v>547476</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>553372</x:v>
+        <x:v>552219</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>547476</x:v>
+        <x:v>518424</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>546236</x:v>
+        <x:v>497637</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>548733</x:v>
+        <x:v>546844</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>548736</x:v>
+        <x:v>548734</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>439</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>546969</x:v>
+        <x:v>518423</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>608956</x:v>
+        <x:v>553371</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>518424</x:v>
+        <x:v>553372</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>439</x:v>
-[...2 lines deleted...]
-        <x:v>440</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>497637</x:v>
+        <x:v>608959</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>445</x:v>
-[...1 lines deleted...]
-      <x:c r="H246" s="14" t="s"/>
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="H246" s="14" t="s">
+        <x:v>440</x:v>
+      </x:c>
       <x:c r="I246" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>546844</x:v>
+        <x:v>546969</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="H247" s="0" t="s">
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>552219</x:v>
+        <x:v>499786</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>499786</x:v>
+        <x:v>499451</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>499451</x:v>
+        <x:v>553373</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
@@ -17035,280 +17036,280 @@
       <x:c r="K250" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>553373</x:v>
+        <x:v>608960</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>608960</x:v>
+        <x:v>608956</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>602093</x:v>
+        <x:v>602650</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>602650</x:v>
+        <x:v>602093</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>546067</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -17451,73 +17452,73 @@
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>608957</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>596332</x:v>
       </x:c>
@@ -18218,73 +18219,73 @@
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>581256</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>39023</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>592013</x:v>
       </x:c>
@@ -18327,78 +18328,78 @@
       <x:c r="M273" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>590159</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>39023</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>592014</x:v>
       </x:c>
@@ -19110,73 +19111,73 @@
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>549108</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>37969</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>596833</x:v>
       </x:c>
@@ -20050,73 +20051,73 @@
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>566519</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>37151</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>616039</x:v>
       </x:c>
@@ -20793,51 +20794,51 @@
       <x:c r="L319" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>549128</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s">
         <x:v>359</x:v>
@@ -21159,101 +21160,99 @@
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>603539</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
-        <x:v>36143</x:v>
+        <x:v>35878</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>370</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>607669</x:v>
+        <x:v>560762</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>591</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="E327" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -21263,672 +21262,672 @@
       <x:c r="K327" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>608916</x:v>
+        <x:v>556515</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
-        <x:v>35878</x:v>
+        <x:v>36143</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>284</x:v>
-[...1 lines deleted...]
-      <x:c r="H328" s="14" t="s"/>
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="H328" s="14" t="s">
+        <x:v>359</x:v>
+      </x:c>
       <x:c r="I328" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>560762</x:v>
+        <x:v>556546</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>556515</x:v>
+        <x:v>556596</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I330" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>556546</x:v>
+        <x:v>607669</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
-        <x:v>36143</x:v>
+        <x:v>34798</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="E331" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
-        <x:v>358</x:v>
-[...2 lines deleted...]
-        <x:v>359</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>556596</x:v>
+        <x:v>534839</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
-        <x:v>34798</x:v>
+        <x:v>36143</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>385</x:v>
-[...1 lines deleted...]
-      <x:c r="H332" s="14" t="s"/>
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="H332" s="14" t="s">
+        <x:v>359</x:v>
+      </x:c>
       <x:c r="I332" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>534839</x:v>
+        <x:v>556633</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
-        <x:v>36143</x:v>
+        <x:v>35878</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
-        <x:v>370</x:v>
-[...2 lines deleted...]
-        <x:v>359</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>556633</x:v>
+        <x:v>603538</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
-        <x:v>35878</x:v>
+        <x:v>37177</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>603538</x:v>
+        <x:v>549308</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>593</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>37177</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>549308</x:v>
+        <x:v>600212</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>592</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
-        <x:v>37177</x:v>
+        <x:v>36143</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>333</x:v>
-[...1 lines deleted...]
-      <x:c r="H336" s="14" t="s"/>
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="H336" s="14" t="s">
+        <x:v>359</x:v>
+      </x:c>
       <x:c r="I336" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
-        <x:v>33047</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>600212</x:v>
+        <x:v>608916</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>594</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>595</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>596480</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>596482</x:v>
       </x:c>
@@ -22089,212 +22088,212 @@
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>612665</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>596481</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>34464</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>499783</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>34464</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I344" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>463901</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>36668</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
@@ -22494,51 +22493,51 @@
       <x:c r="M348" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>32688</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>558685</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>38899</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -22783,51 +22782,51 @@
       <x:c r="M353" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>32688</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>558683</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>38899</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
@@ -23092,90 +23091,90 @@
       <x:c r="S358" s="14" t="n">
         <x:v>545656</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>546273</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
@@ -23561,267 +23560,268 @@
       <x:c r="S366" s="14" t="n">
         <x:v>558991</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="E367" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>599177</x:v>
+        <x:v>547292</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>546274</x:v>
+        <x:v>603777</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="E369" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="H369" s="0" t="s">
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>547292</x:v>
+        <x:v>546274</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>603777</x:v>
+        <x:v>599177</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>619</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="E371" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -23853,271 +23853,271 @@
         <x:v>513325</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I372" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>600175</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
-        <x:v>622</x:v>
-[...2 lines deleted...]
-        <x:v>623</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>624</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>624</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>601147</x:v>
+        <x:v>609134</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="I374" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>600174</x:v>
+        <x:v>601147</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>631</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>633</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="H375" s="0" t="s">
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>609134</x:v>
+        <x:v>600174</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
@@ -24251,51 +24251,51 @@
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>558097</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>36</x:v>
@@ -24359,168 +24359,167 @@
       <x:c r="L380" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>588372</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
-        <x:v>34729</x:v>
+        <x:v>38438</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
-        <x:v>286</x:v>
-[...2 lines deleted...]
-        <x:v>287</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33036</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>569794</x:v>
+        <x:v>614515</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
-        <x:v>38438</x:v>
+        <x:v>34729</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>102</x:v>
-[...1 lines deleted...]
-      <x:c r="H382" s="14" t="s"/>
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H382" s="14" t="s">
+        <x:v>287</x:v>
+      </x:c>
       <x:c r="I382" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
-        <x:v>33036</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>616</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>614515</x:v>
+        <x:v>569794</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -25153,51 +25152,51 @@
       <x:c r="U394" s="16" t="s">
         <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
@@ -25214,111 +25213,111 @@
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I396" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>602549</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
@@ -25335,51 +25334,51 @@
         <x:v>661</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I398" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
@@ -25395,51 +25394,51 @@
       <x:c r="U398" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
@@ -25456,51 +25455,51 @@
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I400" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
@@ -25516,51 +25515,51 @@
       <x:c r="U400" s="16" t="s">
         <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
@@ -25577,51 +25576,51 @@
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
@@ -25637,51 +25636,51 @@
       <x:c r="U402" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
@@ -25698,111 +25697,111 @@
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>556170</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="E405" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
@@ -25819,51 +25818,51 @@
         <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
@@ -25879,356 +25878,356 @@
       <x:c r="U406" s="16" t="s">
         <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="E407" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>509941</x:v>
+        <x:v>603408</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>661</x:v>
+        <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>554872</x:v>
+        <x:v>509941</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>661</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>603408</x:v>
+        <x:v>554872</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>667</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>602551</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="E411" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>556147</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>596729</x:v>
       </x:c>
@@ -26276,259 +26275,259 @@
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>575550</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>596728</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>596731</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>596732</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>596730</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
@@ -26881,72 +26880,72 @@
         <x:v>625</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>600796</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="C425" s="3" t="s"/>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>615319</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="C426" s="15" t="s"/>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>