--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -392,56 +392,56 @@
   <x:si>
     <x:t>Ecole de Management</x:t>
   </x:si>
   <x:si>
     <x:t>EMD</x:t>
   </x:si>
   <x:si>
     <x:t>13331</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/12/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>responsable du développement des activités</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Ch Péguy</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable du développement des activités</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
@@ -1220,119 +1220,119 @@
   <x:si>
     <x:t>Manager en stratégie d'entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>07/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ufip - Ufitech - Les Anglades</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>M2s Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Alternance Azur</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Azur - Antenne Marseille</x:t>
   </x:si>
   <x:si>
-    <x:t>M2s Formation</x:t>
-[...8 lines deleted...]
-    <x:t>07/31/2027 00:00:00</x:t>
+    <x:t>Forma Var</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA VALETTE-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alternance Sud Azur - Groupe Alternance Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Athélia Institut de Formation Conseils et Performance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIFCP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Forbine - Lycée Technique Privé de Chimie et de Biologie - Ecole Hôtelière de Provence - Antenne Aubagne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Alternance Sud Azur - Groupe Alternance Nice</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Fdm Groupe</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MITRE-LES-REMPARTS</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Var Vaucluse</x:t>
@@ -1343,185 +1343,185 @@
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Azur - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>La Forbine - Lycée Technique Privé de Chimie et de Biologie - Ecole Hôtelière de Provence - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Riera - Campus International Riera</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>M2S Formation Aubagne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEMENOS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conduite changement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOUC-BEL-AIR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Belmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campus Riera - Campus International Riera - Antenne Cannes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Formation Perrimond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 7e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Forma Var - Antenne Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Campus Riera - Campus International Riera - Antenne Cannes</x:t>
-[...67 lines deleted...]
-  <x:si>
     <x:t>A3fa</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>ÉRUDIS Formation</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manager en ressources humaines (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>ÉRUDIS Formation</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ESG</x:t>
   </x:si>
   <x:si>
     <x:t>Droit travail</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>Manager du développement durable (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Paris - Institut Européen de la Communication et des Médias</x:t>
   </x:si>
   <x:si>
     <x:t>IECM</x:t>
   </x:si>
   <x:si>
     <x:t>75016</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Paris - Institut Européen de la Communication et des Médias - Antenne Nice</x:t>
@@ -1565,255 +1565,255 @@
   <x:si>
     <x:t>09/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B2h83 Fréjus - My Business School - Antenne Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des organisations (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Alternance Exxecc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formaposte Sud Est - CFA Régional Métiers de la Poste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>manager du développement de projets transversaux et innovants</x:t>
+  </x:si>
+  <x:si>
+    <x:t>My BS - My Business School La Valette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B2h13 Aix - My Business School</x:t>
+  </x:si>
+  <x:si>
+    <x:t>My BS - My Business School Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager des systèmes intégrés QSE (MS) (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager des stratégies communication marketing (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INEAD-ESMAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>manager des stratégies communication marketing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campus Eductive Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole supérieure Campus Eductive Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager des ressources humaines (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Relations sociales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager des ressources humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFC Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager des organisations spécificité manager administratif et financier des organisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Visiplus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsabilité dirigeant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIOT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iscod</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole des Sciences et Techniques Commerciales</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ESTC </x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec Sainte Marie - Institut Supérieur du Tourisme de Cannes</x:t>
+  </x:si>
+  <x:si>
     <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
   </x:si>
   <x:si>
-    <x:t>Formaposte Sud Est - CFA Régional Métiers de la Poste</x:t>
-[...145 lines deleted...]
-  <x:si>
     <x:t>Exxea</x:t>
   </x:si>
   <x:si>
     <x:t>Coaching Paca - Ecole Supérieure de Commerce et de Management</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>10/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/05/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Liberté Formation - Iscae</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/05/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>08/02/2022 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/29/2024 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>12/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut supérieur du tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>Collège Sainte-Marie</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des entreprises et des organisations spécialisation entrepreneuriat, start-up et innovation (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des entreprises et des organisations (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre d'Etudes Européen Méditérranée</x:t>
   </x:si>
   <x:si>
     <x:t>CEEME</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
@@ -4513,114 +4513,114 @@
       <x:c r="K24" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>608895</x:v>
+        <x:v>607493</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="U24" s="16" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>607493</x:v>
+        <x:v>608895</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>101</x:v>
@@ -8639,54 +8639,54 @@
       <x:c r="J97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>581326</x:v>
+        <x:v>575867</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
@@ -8698,54 +8698,54 @@
       <x:c r="J98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>575867</x:v>
+        <x:v>581326</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
@@ -12367,57 +12367,57 @@
       <x:c r="K162" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>547224</x:v>
+        <x:v>602788</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38914</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -12427,57 +12427,57 @@
       <x:c r="K163" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>602788</x:v>
+        <x:v>547224</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38914</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>360</x:v>
@@ -12928,2356 +12928,2357 @@
       <x:c r="B172" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="Q172" s="16" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="R172" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="Q172" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>601472</x:v>
+        <x:v>552599</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>552599</x:v>
+        <x:v>601472</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>601819</x:v>
+        <x:v>548738</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>600584</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>393</x:v>
-[...1 lines deleted...]
-      <x:c r="H176" s="14" t="s"/>
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s">
+        <x:v>396</x:v>
+      </x:c>
       <x:c r="I176" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>548738</x:v>
+        <x:v>601362</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>397</x:v>
-[...2 lines deleted...]
-        <x:v>398</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>601362</x:v>
+        <x:v>554314</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>403</x:v>
-[...1 lines deleted...]
-      <x:c r="H178" s="14" t="s"/>
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H178" s="14" t="s">
+        <x:v>396</x:v>
+      </x:c>
       <x:c r="I178" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>554314</x:v>
+        <x:v>545001</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>397</x:v>
-[...2 lines deleted...]
-        <x:v>398</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>545001</x:v>
+        <x:v>601819</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>599175</x:v>
+        <x:v>609155</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>552235</x:v>
+        <x:v>599175</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>600599</x:v>
+        <x:v>552235</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>553426</x:v>
+        <x:v>600599</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>609155</x:v>
+        <x:v>545492</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>545492</x:v>
+        <x:v>545494</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>545494</x:v>
+        <x:v>603543</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>603543</x:v>
+        <x:v>543479</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>543479</x:v>
+        <x:v>543560</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>543560</x:v>
+        <x:v>601586</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>601586</x:v>
+        <x:v>553426</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H191" s="0" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="I191" s="4" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="Q191" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="Q191" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>601363</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="R192" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="R192" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>548739</x:v>
+        <x:v>552645</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>600433</x:v>
+        <x:v>609149</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>545493</x:v>
+        <x:v>546151</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>546150</x:v>
+        <x:v>543478</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>543562</x:v>
+        <x:v>543481</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H197" s="0" t="s">
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>601473</x:v>
+        <x:v>541163</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="H198" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
-      <x:c r="H198" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I198" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>609845</x:v>
+        <x:v>549285</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>552645</x:v>
+        <x:v>603542</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>603542</x:v>
+        <x:v>603646</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>603646</x:v>
+        <x:v>543532</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>543532</x:v>
+        <x:v>543561</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H203" s="0" t="s">
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>543561</x:v>
+        <x:v>541165</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>397</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>541165</x:v>
+        <x:v>554842</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>554842</x:v>
+        <x:v>543562</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>38824</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>445</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>549285</x:v>
+        <x:v>601473</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="H207" s="0" t="s">
+        <x:v>443</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>601820</x:v>
+        <x:v>609845</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>543478</x:v>
+        <x:v>601820</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>543481</x:v>
+        <x:v>548739</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>397</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="S210" s="14" t="n">
+        <x:v>600433</x:v>
+      </x:c>
+      <x:c r="T210" s="16" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="U210" s="16" t="s">
         <x:v>400</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>38824</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>609149</x:v>
+        <x:v>545493</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
@@ -15286,176 +15287,176 @@
       <x:c r="K212" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>546151</x:v>
+        <x:v>546150</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H213" s="0" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="I213" s="4" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="Q213" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="Q213" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>545003</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>554316</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -15566,175 +15567,175 @@
       <x:c r="E217" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>609152</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>602496</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>543949</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
@@ -15782,197 +15783,197 @@
       <x:c r="S220" s="14" t="n">
         <x:v>547007</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>552234</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>552598</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>552644</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -15996,158 +15997,158 @@
       <x:c r="M224" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>607490</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>543431</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>601587</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -16188,243 +16189,243 @@
         <x:v>509972</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>549493</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>548737</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>548740</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>581262</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
@@ -16437,751 +16438,750 @@
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>574461</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
-        <x:v>38824</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>445</x:v>
-[...2 lines deleted...]
-        <x:v>446</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>608103</x:v>
+        <x:v>597474</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>531508</x:v>
+        <x:v>608105</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>556976</x:v>
+        <x:v>608103</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>441</x:v>
-[...1 lines deleted...]
-      <x:c r="H236" s="14" t="s"/>
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="H236" s="14" t="s">
+        <x:v>433</x:v>
+      </x:c>
       <x:c r="I236" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>597474</x:v>
+        <x:v>531508</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>608105</x:v>
+        <x:v>556976</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>569114</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
-        <x:v>28776</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="H239" s="0" t="s">
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>510478</x:v>
+        <x:v>531507</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>556977</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
-        <x:v>38824</x:v>
+        <x:v>39595</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
-        <x:v>445</x:v>
-[...2 lines deleted...]
-        <x:v>446</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
-        <x:v>32015</x:v>
+        <x:v>13222</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>531507</x:v>
+        <x:v>592300</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
-        <x:v>39595</x:v>
+        <x:v>28776</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
-        <x:v>13222</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>592300</x:v>
+        <x:v>510478</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>590770</x:v>
+        <x:v>591926</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>591926</x:v>
+        <x:v>590770</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>37011</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
@@ -17222,78 +17222,78 @@
         <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>504116</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -17343,78 +17343,78 @@
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>556601</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -17704,111 +17704,111 @@
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>547152</x:v>
+        <x:v>602093</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
@@ -17885,390 +17885,390 @@
       <x:c r="U256" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>556600</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
-        <x:v>36914</x:v>
+        <x:v>41354</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>32016</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>556637</x:v>
+        <x:v>607705</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
-        <x:v>41354</x:v>
+        <x:v>36914</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
-        <x:v>32025</x:v>
+        <x:v>32016</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>609174</x:v>
+        <x:v>556519</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>556519</x:v>
+        <x:v>556637</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>607705</x:v>
+        <x:v>609174</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>607703</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -18353,2201 +18353,2203 @@
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>504152</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>606193</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>606194</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>37084</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>549297</x:v>
+        <x:v>549328</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>37084</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>549328</x:v>
+        <x:v>549297</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>41449</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>604680</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>41449</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>615937</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>608917</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>607673</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>609188</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>589867</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>614697</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>589858</x:v>
+        <x:v>589861</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>589864</x:v>
+        <x:v>589858</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>589861</x:v>
+        <x:v>589864</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>609186</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>607672</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>589870</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>607698</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="U282" s="16" t="s">
         <x:v>504</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>607699</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>589852</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>608918</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>589855</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="H287" s="0" t="s">
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>592419</x:v>
+        <x:v>588376</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>445</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>588376</x:v>
+        <x:v>592419</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>529</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>592418</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>13263</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="P290" s="14" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="Q290" s="16" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="P290" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>559237</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>13263</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="P291" s="0" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="Q291" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="P291" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>578841</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>13263</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="P292" s="14" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="Q292" s="16" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="P292" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>613750</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
-        <x:v>35280</x:v>
+        <x:v>38825</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>13263</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>547477</x:v>
+        <x:v>608648</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>608957</x:v>
+        <x:v>499451</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
+      <x:c r="H295" s="0" t="s">
+        <x:v>540</x:v>
+      </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>602093</x:v>
+        <x:v>499786</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
-        <x:v>38825</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
-        <x:v>13263</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>608648</x:v>
+        <x:v>547477</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>499451</x:v>
+        <x:v>608957</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>543</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>499786</x:v>
+        <x:v>547152</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>546</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>547</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>602650</x:v>
+        <x:v>546067</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>546067</x:v>
+        <x:v>602650</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>553373</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -20556,114 +20558,114 @@
         <x:v>116</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>608960</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>13263</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="P303" s="0" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="Q303" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="P303" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>608649</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -20755,1083 +20757,1082 @@
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>518424</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
-        <x:v>38825</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>383</x:v>
-[...1 lines deleted...]
-      <x:c r="H306" s="14" t="s"/>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H306" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
       <x:c r="I306" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
-        <x:v>13263</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>601486</x:v>
+        <x:v>497637</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
-        <x:v>35280</x:v>
+        <x:v>38825</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>13263</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>546844</x:v>
+        <x:v>601486</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>552219</x:v>
+        <x:v>546844</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
-        <x:v>38825</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
-        <x:v>13263</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>598958</x:v>
+        <x:v>552219</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
-        <x:v>550</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>550</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>518423</x:v>
+        <x:v>547476</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
-        <x:v>35280</x:v>
+        <x:v>38825</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>13263</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>498181</x:v>
+        <x:v>598958</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>546791</x:v>
+        <x:v>518423</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>602649</x:v>
+        <x:v>498181</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>553371</x:v>
+        <x:v>546791</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>553372</x:v>
+        <x:v>602649</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>548734</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
-        <x:v>88</x:v>
-[...2 lines deleted...]
-        <x:v>89</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>546969</x:v>
+        <x:v>553371</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>547476</x:v>
+        <x:v>553372</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>497637</x:v>
+        <x:v>546236</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>543</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>546236</x:v>
+        <x:v>548733</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="Q321" s="4" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="R321" s="0" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="S321" s="0" t="n">
+        <x:v>548736</x:v>
+      </x:c>
+      <x:c r="T321" s="4" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="U321" s="4" t="s">
         <x:v>393</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>393</x:v>
-[...1 lines deleted...]
-      <x:c r="H322" s="14" t="s"/>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H322" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
       <x:c r="I322" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>548736</x:v>
+        <x:v>546969</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>608959</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -21873,54 +21874,54 @@
       <x:c r="S324" s="14" t="n">
         <x:v>553374</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
@@ -21931,82 +21932,82 @@
         <x:v>552224</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>495334</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="E327" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -22047,91 +22048,91 @@
         <x:v>497626</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>548735</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -22329,368 +22330,369 @@
       <x:c r="R332" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>611285</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>13263</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="P333" s="0" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="Q333" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="P333" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>559236</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>517</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>517</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>521700</x:v>
+        <x:v>590178</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="U334" s="16" t="s">
         <x:v>565</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="H335" s="0" t="s">
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>590178</x:v>
+        <x:v>521700</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>13263</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="P336" s="14" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="Q336" s="16" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="P336" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>613749</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>596332</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>13263</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="P338" s="14" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="Q338" s="16" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="P338" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>578840</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>535</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>36493</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="E339" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -22703,54 +22705,54 @@
       <x:c r="L339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>506880</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>40353</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="I340" s="16" t="s">
         <x:v>574</x:v>
@@ -23119,51 +23121,51 @@
       <x:c r="L346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>31454</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>600228</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>35430</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -23351,54 +23353,54 @@
       <x:c r="L350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>549321</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="U350" s="16" t="s">
         <x:v>514</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>41669</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -23760,57 +23762,57 @@
         <x:v>546603</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>39255</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I358" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
@@ -23856,57 +23858,57 @@
       <x:c r="K359" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>605726</x:v>
+        <x:v>550298</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>39255</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I360" s="16" t="s">
         <x:v>360</x:v>
@@ -23917,108 +23919,108 @@
       <x:c r="K360" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>550298</x:v>
+        <x:v>605726</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>37635</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="E361" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>557249</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>37635</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -24384,51 +24386,51 @@
       <x:c r="M368" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>553080</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="E369" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -25052,168 +25054,168 @@
       <x:c r="K380" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>589588</x:v>
+        <x:v>525431</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>630</x:v>
+        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>525431</x:v>
+        <x:v>525432</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>628</x:v>
+        <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>525432</x:v>
+        <x:v>589588</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>631</x:v>
+        <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -25340,57 +25342,57 @@
       <x:c r="K385" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>602743</x:v>
+        <x:v>549108</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>37969</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="I386" s="16" t="s">
         <x:v>640</x:v>
@@ -25401,57 +25403,57 @@
       <x:c r="K386" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>549107</x:v>
+        <x:v>602743</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>642</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>612</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>37969</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="E387" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>640</x:v>
       </x:c>
@@ -25461,57 +25463,57 @@
       <x:c r="K387" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>549108</x:v>
+        <x:v>549107</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>37969</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -25943,91 +25945,91 @@
         <x:v>616177</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>36905</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>549523</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>36905</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -26040,51 +26042,51 @@
       <x:c r="M397" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>550545</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>36905</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
@@ -26117,141 +26119,141 @@
       <x:c r="S398" s="14" t="n">
         <x:v>553367</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>36905</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>546241</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>36905</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>540784</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>36905</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -26773,51 +26775,51 @@
       <x:c r="J410" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>567161</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
@@ -26839,101 +26841,101 @@
       <x:c r="M411" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>571063</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>567008</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
@@ -26943,54 +26945,54 @@
       <x:c r="I413" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>616995</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
@@ -27172,111 +27174,111 @@
       <x:c r="I417" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>567007</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>592293</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
@@ -27402,54 +27404,54 @@
       <x:c r="I421" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>616994</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>36324</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
@@ -27471,51 +27473,51 @@
       <x:c r="M422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>32120</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>525437</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>36324</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -28181,51 +28183,51 @@
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="C435" s="3" t="s"/>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>572795</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
@@ -28559,51 +28561,51 @@
       <x:c r="L442" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>586255</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>738</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>38005</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -28724,51 +28726,51 @@
       <x:c r="L445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>552905</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>38005</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="I446" s="16" t="s">
@@ -28902,51 +28904,51 @@
       <x:c r="M448" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>549245</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>38005</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -30040,51 +30042,51 @@
       <x:c r="M468" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>597994</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>36</x:v>
@@ -30100,154 +30102,153 @@
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>579051</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
-        <x:v>41347</x:v>
+        <x:v>38005</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
-        <x:v>736</x:v>
-[...1 lines deleted...]
-      <x:c r="H470" s="14" t="s"/>
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="H470" s="14" t="s">
+        <x:v>748</x:v>
+      </x:c>
       <x:c r="I470" s="16" t="s">
-        <x:v>716</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
-        <x:v>736</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
-        <x:v>716</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>611862</x:v>
+        <x:v>529357</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>771</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
-        <x:v>38005</x:v>
+        <x:v>41347</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
-        <x:v>747</x:v>
-[...2 lines deleted...]
-        <x:v>748</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
-        <x:v>749</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
-        <x:v>749</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>529357</x:v>
+        <x:v>611862</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>763</x:v>
+        <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>38005</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="I472" s="16" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
@@ -30652,51 +30653,51 @@
       <x:c r="M479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>536368</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="C480" s="15" t="s"/>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s"/>
       <x:c r="K480" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
@@ -30723,149 +30724,149 @@
       <x:c r="S480" s="14" t="n">
         <x:v>540646</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="E481" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>600400</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>600430</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="E483" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -30897,467 +30898,467 @@
         <x:v>601348</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>589790</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="E485" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H485" s="0" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="I485" s="4" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="Q485" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="Q485" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>601361</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H486" s="14" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="I486" s="16" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="Q486" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="Q486" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>615054</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>807</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="E487" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>589784</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>603645</x:v>
+        <x:v>589799</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="E489" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>589799</x:v>
+        <x:v>603645</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>808</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H490" s="14" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="I490" s="16" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="Q490" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="Q490" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>615051</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>807</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="E491" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
@@ -31368,230 +31369,230 @@
         <x:v>589786</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H492" s="14" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="I492" s="16" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="Q492" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="Q492" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>586664</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>589781</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>589791</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="E495" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
@@ -31602,443 +31603,443 @@
         <x:v>601802</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H496" s="14" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="I496" s="16" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="Q496" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="Q496" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R496" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>601360</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="E497" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H497" s="0" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="I497" s="4" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="Q497" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="Q497" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>586662</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H498" s="14" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="I498" s="16" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="Q498" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="Q498" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R498" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>586489</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>592814</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H500" s="14" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="I500" s="16" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="Q500" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="Q500" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R500" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>586445</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>34464</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="E501" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>463901</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>34464</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="I502" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>499783</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>546</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>813</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>39601</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="E503" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
@@ -32134,54 +32135,54 @@
       <x:c r="T504" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="E505" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
@@ -32195,54 +32196,54 @@
         <x:v>708</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I506" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
@@ -32255,208 +32256,208 @@
       <x:c r="T506" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="E507" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>603418</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I508" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>603417</x:v>
+        <x:v>554899</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="E509" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>554899</x:v>
+        <x:v>603417</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
@@ -32493,54 +32494,54 @@
       <x:c r="T510" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="E511" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
@@ -32554,54 +32555,54 @@
         <x:v>31</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I512" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
@@ -32614,54 +32615,54 @@
       <x:c r="T512" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="E513" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
@@ -32675,114 +32676,114 @@
         <x:v>31</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I514" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>554916</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="E515" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>685</x:v>
       </x:c>
@@ -32796,175 +32797,175 @@
         <x:v>708</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I516" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
         <x:v>603407</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="E517" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H517" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>554813</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I518" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
@@ -32977,115 +32978,115 @@
       <x:c r="T518" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="E519" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>602551</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I520" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>685</x:v>
       </x:c>
@@ -33098,54 +33099,54 @@
       <x:c r="T520" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>827</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="E521" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H521" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
@@ -33159,54 +33160,54 @@
         <x:v>31</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I522" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K522" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
@@ -33219,54 +33220,54 @@
       <x:c r="T522" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="E523" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>685</x:v>
       </x:c>
@@ -33280,54 +33281,54 @@
         <x:v>38</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I524" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
@@ -33340,115 +33341,115 @@
       <x:c r="T524" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="E525" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H525" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>602549</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I526" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K526" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
@@ -33461,90 +33462,90 @@
       <x:c r="T526" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
         <x:v>827</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="E527" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H527" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>554917</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s"/>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -33824,51 +33825,51 @@
       <x:c r="I533" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
         <x:v>615319</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
@@ -33966,54 +33967,54 @@
         <x:v>38</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I536" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>685</x:v>
       </x:c>
@@ -34026,115 +34027,115 @@
       <x:c r="T536" s="16" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="E537" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H537" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
         <x:v>554938</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I538" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K538" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
         <x:v>685</x:v>
       </x:c>
@@ -34147,54 +34148,54 @@
       <x:c r="T538" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
         <x:v>827</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="E539" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H539" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>685</x:v>
       </x:c>