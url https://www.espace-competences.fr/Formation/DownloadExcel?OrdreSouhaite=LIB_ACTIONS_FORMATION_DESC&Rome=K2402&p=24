--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -983,77 +983,77 @@
   <x:si>
     <x:t>classe préparatoire technologie et biologie (TB), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>13392</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire technologie et biologie (TB), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique-chimie et sciences de l'ingénieur (PCSI) 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Mistral</x:t>
   </x:si>
   <x:si>
     <x:t>Électricité</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Stanislas</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Masséna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Thiers</x:t>
   </x:si>
   <x:si>
     <x:t>13232</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>EMP</x:t>
   </x:si>
   <x:si>
     <x:t>13617</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Masséna</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Lycée Dumont d'Urville</x:t>
   </x:si>
   <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de l'Empéri</x:t>
   </x:si>
   <x:si>
     <x:t>13657</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P Cézanne</x:t>
@@ -1133,63 +1133,63 @@
   <x:si>
     <x:t>Mathématiques informatiques</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire mathématiques, physique, informatique (MPI*), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire mathématiques, physique et sciences de l'ingénieur (MPSI), 1re année option sciences industrielles de l'ingénieur</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire mathématiques, physique et sciences de l'ingénieur (MPSI), 1re année option informatique</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre, 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Géophysique</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre, 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire aux études supérieures  - scientifique</x:t>
   </x:si>
   <x:si>
+    <x:t>LPO Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biologie mise à niveau</x:t>
+  </x:si>
+  <x:si>
     <x:t>LPO La Cadenelle</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
-    <x:t>Biologie mise à niveau</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE-12e</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>LPO Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>classe de 1re STL sciences et technologies de laboratoire</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Calmette</x:t>
   </x:si>
   <x:si>
     <x:t>Biotechnologie</x:t>
   </x:si>
   <x:si>
     <x:t>LPO M Gasquet</x:t>
   </x:si>
   <x:si>
     <x:t>LT de chimie biologie</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>13691</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES CEDEX</x:t>
   </x:si>
@@ -5330,195 +5330,195 @@
       <x:c r="R44" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>591964</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>615852</x:v>
+        <x:v>591967</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>591967</x:v>
+        <x:v>591969</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>591969</x:v>
+        <x:v>615852</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
@@ -11088,100 +11088,100 @@
       <x:c r="K148" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>592897</x:v>
+        <x:v>592901</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>592906</x:v>
+        <x:v>592897</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>311</x:v>
@@ -11190,51 +11190,51 @@
       <x:c r="K150" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>592901</x:v>
+        <x:v>592906</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>64</x:v>
@@ -11566,129 +11566,129 @@
       <x:c r="R157" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>592903</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>592939</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>592940</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
@@ -11821,78 +11821,78 @@
         <x:v>324</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>592958</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>592955</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
@@ -11923,78 +11923,78 @@
         <x:v>316</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>592961</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>592956</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
@@ -12127,78 +12127,78 @@
         <x:v>322</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>592960</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>592957</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
@@ -12790,80 +12790,80 @@
       <x:c r="R181" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>594657</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>594656</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>324</x:v>
@@ -12994,132 +12994,132 @@
       <x:c r="R185" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>594208</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>594206</x:v>
+        <x:v>594207</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>594207</x:v>
+        <x:v>594206</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>322</x:v>
@@ -13198,129 +13198,129 @@
       <x:c r="R189" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>594204</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>594205</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>595856</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
@@ -13351,180 +13351,180 @@
         <x:v>341</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>592963</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>592962</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>592964</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>595106</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
@@ -13606,80 +13606,80 @@
       <x:c r="R197" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>595107</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>595108</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>341</x:v>
@@ -13759,78 +13759,78 @@
         <x:v>314</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>592965</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>592967</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
@@ -13861,131 +13861,131 @@
         <x:v>322</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>592970</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>592972</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>592969</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>324</x:v>
@@ -14116,80 +14116,80 @@
       <x:c r="R207" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>596025</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>11050</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>596026</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>324</x:v>
@@ -14218,80 +14218,80 @@
       <x:c r="R209" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>596455</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>11050</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>596454</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>322</x:v>
@@ -14320,80 +14320,80 @@
       <x:c r="R211" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>592892</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>592888</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>314</x:v>
@@ -14422,80 +14422,80 @@
       <x:c r="R213" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>592890</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>592891</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>324</x:v>
@@ -14524,80 +14524,80 @@
       <x:c r="R215" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>592889</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>592894</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>290</x:v>
@@ -14677,131 +14677,131 @@
         <x:v>341</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>592893</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>595851</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>595852</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>324</x:v>
@@ -14830,590 +14830,590 @@
       <x:c r="R221" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>595853</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>12233</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>592948</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>12233</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>592949</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>595477</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>595476</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>12067</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>591915</x:v>
+        <x:v>591913</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>12067</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="P227" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="P227" s="0" t="s">
+      <x:c r="Q227" s="4" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="R227" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="Q227" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>591913</x:v>
+        <x:v>591915</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>12067</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>591914</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>12067</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>591917</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>12067</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>591916</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>591937</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>591939</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>298</x:v>
@@ -17486,76 +17486,76 @@
         <x:v>593809</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>593810</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>449</x:v>
@@ -17996,76 +17996,76 @@
         <x:v>593851</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>593852</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>472</x:v>
@@ -18250,75 +18250,75 @@
         <x:v>291</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>593878</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>593879</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
@@ -18327,51 +18327,51 @@
         <x:v>481</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>593884</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>298</x:v>
@@ -19573,131 +19573,131 @@
         <x:v>409</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>593841</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>593881</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>593886</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>406</x:v>
@@ -22688,76 +22688,76 @@
         <x:v>593870</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>593871</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>638</x:v>
@@ -23500,80 +23500,80 @@
       <x:c r="R391" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>593816</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>593821</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>669</x:v>
@@ -24316,129 +24316,129 @@
       <x:c r="R407" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>593895</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>593899</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C409" s="3" t="s"/>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>593913</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C410" s="15" t="s"/>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
@@ -24826,80 +24826,80 @@
       <x:c r="R417" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>593817</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C418" s="15" t="s"/>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s"/>
       <x:c r="K418" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>593818</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C419" s="3" t="s"/>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>709</x:v>
@@ -25006,51 +25006,51 @@
       <x:c r="I421" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>593845</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C422" s="15" t="s"/>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>714</x:v>
       </x:c>
@@ -25679,100 +25679,100 @@
       <x:c r="K434" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>43001</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>585854</x:v>
+        <x:v>585856</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="C435" s="3" t="s"/>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>43001</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>585856</x:v>
+        <x:v>585854</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="C436" s="15" t="s"/>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
         <x:v>35</x:v>