--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -281,68 +281,68 @@
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filière entreprise - CFA - Antenne Gap - Ecole de la Deuxième Chance des Hautes Alpes</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CARPENTRAS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Idev - Antenne Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CARPENTRAS</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Solutys - Campus Privé</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Crc</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
@@ -431,65 +431,65 @@
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre à finalité professionnelle Chef d'équipe en propreté</x:t>
   </x:si>
   <x:si>
     <x:t>Nettoyage locaux</x:t>
   </x:si>
   <x:si>
     <x:t>Titre à finalité professionnelle Agent machiniste en propreté</x:t>
   </x:si>
   <x:si>
     <x:t>Titre à finalité professionnelle Agent d'entretien et de rénovation en propreté</x:t>
   </x:si>
   <x:si>
     <x:t>Réaliser des prestations de nettoyage manuel et de bionettoyage - Bloc de compétences du titre professionnel Agent de propreté et d'hygiène</x:t>
   </x:si>
   <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - ACCES A L'EMPLOI</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réaliser des prestations de nettoyage manuel et de bionettoyage</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Nettoyage sur scène de crime (syndrome de Noé et Diogène)</x:t>
   </x:si>
   <x:si>
     <x:t>Bio-nettoyage</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Module Spécialisation Bionettoyage et entretien des locaux en établissement de soins</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
@@ -548,251 +548,251 @@
   <x:si>
     <x:t>Institut National de l'Hygiène et du Nettoyage Industriel</x:t>
   </x:si>
   <x:si>
     <x:t>INHNI</x:t>
   </x:si>
   <x:si>
     <x:t>94800</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP propreté et prévention des biocontaminations (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Auguste Escoffier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAGNES-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Argimsa Sessad</x:t>
   </x:si>
   <x:si>
     <x:t>83340</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Auguste Escoffier</x:t>
-[...14 lines deleted...]
-    <x:t>06/25/2028 00:00:00</x:t>
+    <x:t>CAP propreté et prévention des biocontaminations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP propreté et prévention des biocontaminations (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
-    <x:t>CAP propreté et prévention des biocontaminations</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>EREA Paul Vincensini</x:t>
   </x:si>
   <x:si>
     <x:t>84964</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>EREA P Vincensini</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Propreté et prévention des biocontaminations</x:t>
   </x:si>
   <x:si>
-    <x:t>06/22/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CAP gardien d'immeubles (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Sigma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Surveillance gardiennage</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP gardien d'immeubles (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP agent de propreté et d'hygiène (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>IME La Durance</x:t>
   </x:si>
   <x:si>
     <x:t>04160</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAU-ARNOUX</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Adsea 05 - IME Le Bois Saint Jean</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CAP agent de propreté et d'hygiène (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro hygiène, propreté, stérilisation (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Qualité hygiène sécurité environnement</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro hygiène, propreté, stérilisation</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent Simone Veil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP F de Croisset</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2029 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>LP du Parc St-Jean</x:t>
   </x:si>
   <x:si>
     <x:t>83100</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Escoffier</x:t>
   </x:si>
   <x:si>
     <x:t>06801</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent Simone Veil</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Approche pratique des techniques de bionettoyage</x:t>
   </x:si>
   <x:si>
     <x:t>Soussou Academy</x:t>
   </x:si>
   <x:si>
     <x:t>13150</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>TARASCON</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent nettoyage cabine avion</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Aéro Formations - Camas Formation</x:t>
   </x:si>
   <x:si>
     <x:t>93290</x:t>
@@ -830,54 +830,54 @@
   <x:si>
     <x:t>Agent d'entretien et de rénovation en propreté (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent d'entretien et de rénovation en propreté</x:t>
   </x:si>
   <x:si>
     <x:t>Agent d'entretien des écoles</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de propreté et d'hygiène</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>07/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -1713,151 +1713,152 @@
       <x:c r="S6" s="14" t="n">
         <x:v>585106</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H7" s="0" t="s">
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="Q7" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="R7" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="Q7" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>599897</x:v>
+        <x:v>603574</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>45</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="S8" s="14" t="n">
+        <x:v>599897</x:v>
+      </x:c>
+      <x:c r="T8" s="16" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="U8" s="16" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -1926,54 +1927,54 @@
       <x:c r="L10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>599895</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -2567,51 +2568,51 @@
       <x:c r="J21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>583662</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>35552</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
@@ -2766,203 +2767,203 @@
       <x:c r="R24" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>586638</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>604474</x:v>
+        <x:v>604410</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>604410</x:v>
+        <x:v>604411</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>604411</x:v>
+        <x:v>604475</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
@@ -2974,60 +2975,60 @@
       <x:c r="J28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>604475</x:v>
+        <x:v>604474</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
@@ -3098,142 +3099,142 @@
         <x:v>84</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>578100</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>588005</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>588062</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
@@ -3509,51 +3510,51 @@
       <x:c r="J38" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>42091</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>579361</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>35552</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -3569,51 +3570,51 @@
       <x:c r="J39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>607276</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>35552</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -3630,465 +3631,466 @@
       <x:c r="J40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>581605</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>40309</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>42086</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="Q41" s="4" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="R41" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="S41" s="0" t="n">
+        <x:v>611029</x:v>
+      </x:c>
+      <x:c r="T41" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="Q41" s="4" t="s">
+      <x:c r="U41" s="4" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>40309</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>42086</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>611029</x:v>
+        <x:v>607275</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="U42" s="16" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>40309</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>42086</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>607275</x:v>
+        <x:v>609387</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>40309</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>42086</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>590625</x:v>
+        <x:v>590624</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="U44" s="16" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>40309</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>42086</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>592319</x:v>
+        <x:v>590625</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>40309</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>42086</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>588550</x:v>
+        <x:v>592319</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>40309</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H47" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>42086</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>590624</x:v>
+        <x:v>588550</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>40308</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
@@ -4176,879 +4178,879 @@
         <x:v>600923</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>498329</x:v>
+        <x:v>548659</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="U50" s="16" t="s">
         <x:v>200</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>454902</x:v>
+        <x:v>499961</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="U51" s="4" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>548659</x:v>
+        <x:v>498329</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>498321</x:v>
+        <x:v>454902</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>581592</x:v>
+        <x:v>498321</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>454899</x:v>
+        <x:v>581592</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>454901</x:v>
+        <x:v>454899</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>498317</x:v>
+        <x:v>454901</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>498325</x:v>
+        <x:v>498317</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>548660</x:v>
+        <x:v>498325</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>548662</x:v>
+        <x:v>548660</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>454900</x:v>
+        <x:v>548662</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>499961</x:v>
+        <x:v>548661</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="U62" s="16" t="s">
         <x:v>200</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>548661</x:v>
+        <x:v>454900</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -5112,282 +5114,282 @@
       <x:c r="J65" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>607272</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>40312</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="R66" s="14" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="S66" s="14" t="n">
+        <x:v>592253</x:v>
+      </x:c>
+      <x:c r="T66" s="16" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="U66" s="16" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>40312</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="Q67" s="4" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="R67" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="Q67" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>592256</x:v>
+        <x:v>592255</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>40312</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="Q68" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="Q68" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>592254</x:v>
+        <x:v>592256</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>40312</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="Q69" s="4" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="R69" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="Q69" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>592253</x:v>
+        <x:v>592254</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
@@ -5489,51 +5491,51 @@
         <x:v>234</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>581187</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39356</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -5613,120 +5615,120 @@
       <x:c r="J74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>607266</x:v>
+        <x:v>581723</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>39356</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>581723</x:v>
+        <x:v>607266</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>35551</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>153</x:v>
@@ -5734,51 +5736,51 @@
       <x:c r="J76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>581603</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>35551</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -5901,54 +5903,54 @@
       <x:c r="K79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>585931</x:v>
+        <x:v>585932</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
@@ -5960,54 +5962,54 @@
       <x:c r="K80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>585932</x:v>
+        <x:v>585931</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -6040,209 +6042,209 @@
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>585933</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>585635</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>585633</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>585634</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>