--- v0 (2026-02-03)
+++ v1 (2026-03-20)
@@ -296,75 +296,75 @@
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit privé parcours théorie du droit</x:t>
   </x:si>
   <x:si>
     <x:t>Droit privé</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit privé parcours obligations, contrats, biens</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit privé parcours droit de l'enfant</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit privé parcours contentieux et procédures civiles d'exécution</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit privé parcours contentieux de la responsabilité et de l'indemnisation (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention droit privé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention droit privé</x:t>
   </x:si>
   <x:si>
-    <x:t>Université Côte d'Azur</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06103</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DU DESU droit du sport</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion sport</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire économie et gestion option économie, méthodes quantitatives et gestion (ENS Paris-Saclay D2), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>Économie</x:t>
   </x:si>
@@ -1741,216 +1741,216 @@
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>581236</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="H16" s="14" t="s"/>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H16" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
       <x:c r="I16" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>13274</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>597447</x:v>
+        <x:v>606792</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>13274</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>597446</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>76</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>13274</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>606792</x:v>
+        <x:v>597447</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
@@ -2252,107 +2252,107 @@
       <x:c r="I25" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>595632</x:v>
+        <x:v>595633</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>595633</x:v>
+        <x:v>595632</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 