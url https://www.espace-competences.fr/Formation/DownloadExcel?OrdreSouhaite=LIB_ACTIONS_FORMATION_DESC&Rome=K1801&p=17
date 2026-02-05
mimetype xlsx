--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -407,51 +407,51 @@
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller en insertion professionnelle (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
-    <x:t>AFPA - FILIALE ENTREPRISE</x:t>
+    <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller en insertion professionnelle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Athélia Institut de Formation Conseils et Performance</x:t>
   </x:si>
   <x:si>
     <x:t>AIFCP</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
@@ -545,104 +545,113 @@
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idev - Antenne Marignane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARIGNANE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/25/2026 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique Paul Cézanne</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller en insertion professionnelle</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Amac Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>Particulier, individuel , Public en emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
@@ -668,170 +677,161 @@
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d'Intérêt Public pour la Formation Continue et l'Insertion Professionnelle de l'Académie d'Aix-Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FCIP AIX-MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13857</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
-    <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Forma Var Formation Professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>FORMAPRO</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - ACCES A L'EMPLOI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association pour l'Education Cognitive et le Développement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège Coopératif Provence Alpes Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCPAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolusio Formations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Weno Ies</x:t>
   </x:si>
   <x:si>
     <x:t>93110</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2027 00:00:00</x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>04/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Evolusio Formations</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Autre public , Bénéficiaire du RSA , Demandeur d'emploi , Public en emploi</x:t>
   </x:si>
   <x:si>
     <x:t>11/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2025 00:00:00</x:t>
@@ -1298,270 +1298,270 @@
   <x:si>
     <x:t>64600</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Samantha Boettcher - Asb Compétences</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller en insertion professionnelle</x:t>
   </x:si>
   <x:si>
+    <x:t>12/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/24/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE CEDEX 4</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/18/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE PONTET CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseiller emploi et accompagnement professionnel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Openclassrooms</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PARIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Conseiller emploi et accompagnement professionnel (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Openclassrooms</x:t>
-[...64 lines deleted...]
-  <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/18/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/13/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de recrutement et conseils en ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Azur</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Recrutement</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Azur - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Iscod</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
+    <x:t>Alternance Var Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alternance Var Vaucluse - Antenne La Garde</x:t>
+  </x:si>
+  <x:si>
     <x:t>Alternance Azur - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
-    <x:t>Alternance Var Vaucluse</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Var - Capforma</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 83</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>Compétences Pro - Ifag</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Alternance Var Vaucluse - Antenne La Garde</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Alternance Sud Azur - Groupe Alternance Nice</x:t>
   </x:si>
   <x:si>
     <x:t>chargé de recrutement et conseils en ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>INSEEC</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de recrutement et conseils en ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>CCP 3 : ""Mettre en oeuvre une offre de services auprès des employeurs pour favoriser l'insertion professionnelle"" - Titre professionnel Conseiller en Insertion Professionnelle (TP CIP)</x:t>
   </x:si>
   <x:si>
     <x:t>CCP 2 : ""Accompagner les personnes dans leur parcours d'insertion sociale et professionnelle"" - Titre professionnel Conseiller en Insertion Professionnelle (TP CIP)</x:t>
   </x:si>
   <x:si>
     <x:t>CCP 1 : ""Accueillir pour analyser la demande des personnes et poser les bases d'un diagnostic partagé"" - Titre professionnel Conseiller en Insertion Professionnelle (TP CIP)</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité gestion des entreprises et des administrations parcours gestion et pilotage des ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Aix en Provence)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité gestion des entreprises et des administrations parcours gestion et pilotage des ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
@@ -4840,264 +4840,264 @@
       <x:c r="S48" s="14" t="n">
         <x:v>601519</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>118</x:v>
-[...2 lines deleted...]
-        <x:v>119</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>601376</x:v>
+        <x:v>552009</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="U49" s="4" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>552009</x:v>
+        <x:v>599907</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H51" s="0" t="s">
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="R51" s="0" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="S51" s="0" t="n">
+        <x:v>546419</x:v>
+      </x:c>
+      <x:c r="T51" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="R51" s="0" t="s">
+      <x:c r="U51" s="4" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>546419</x:v>
+        <x:v>601376</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -5353,51 +5353,51 @@
       <x:c r="L57" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>601375</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
@@ -5430,674 +5430,676 @@
       <x:c r="R58" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>565712</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="I59" s="4" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="J59" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K59" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="I59" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="R59" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="S59" s="0" t="n">
+        <x:v>583267</x:v>
+      </x:c>
+      <x:c r="T59" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="R59" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>126</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>573283</x:v>
+        <x:v>590073</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>573287</x:v>
+        <x:v>573283</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>573338</x:v>
+        <x:v>573287</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>573371</x:v>
+        <x:v>573338</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>573373</x:v>
+        <x:v>573371</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
-      <x:c r="E65" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="Q65" s="4" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="R65" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="S65" s="0" t="n">
+        <x:v>573373</x:v>
+      </x:c>
+      <x:c r="T65" s="4" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="U65" s="4" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="G66" s="14" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="H66" s="14" t="s">
+      <x:c r="I66" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="I66" s="16" t="s">
+      <x:c r="J66" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K66" s="14" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>612368</x:v>
+        <x:v>580152</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
+      <x:c r="E67" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="F67" s="0" t="s">
+        <x:v>191</x:v>
+      </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="H67" s="0" t="s">
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>583267</x:v>
+        <x:v>612368</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>202</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>616645</x:v>
+        <x:v>569943</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="H69" s="0" t="s">
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>569943</x:v>
+        <x:v>616645</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
@@ -6127,338 +6129,336 @@
       <x:c r="R70" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>540563</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H71" s="0" t="s">
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="Q71" s="4" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="R71" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="S71" s="0" t="n">
+        <x:v>573370</x:v>
+      </x:c>
+      <x:c r="T71" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="Q71" s="4" t="s">
+      <x:c r="U71" s="4" t="s">
         <x:v>211</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
-      <x:c r="E72" s="14" t="s"/>
-      <x:c r="F72" s="14" t="s"/>
+      <x:c r="E72" s="14" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="F72" s="14" t="s">
+        <x:v>213</x:v>
+      </x:c>
       <x:c r="G72" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>573370</x:v>
+        <x:v>583888</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="Q73" s="4" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="R73" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="Q73" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>583888</x:v>
+        <x:v>571456</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="U73" s="4" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="G74" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="Q74" s="16" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="R74" s="14" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="S74" s="14" t="n">
+        <x:v>579506</x:v>
+      </x:c>
+      <x:c r="T74" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="Q74" s="16" t="s">
-[...2 lines deleted...]
-      <x:c r="R74" s="14" t="s">
+      <x:c r="U74" s="16" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
-      <x:c r="E75" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>189</x:v>
-[...2 lines deleted...]
-        <x:v>190</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>579506</x:v>
+        <x:v>583266</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
@@ -6470,579 +6470,577 @@
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>581992</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="H77" s="0" t="s">
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>583266</x:v>
+        <x:v>567433</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
-      <x:c r="E78" s="14" t="s"/>
-      <x:c r="F78" s="14" t="s"/>
+      <x:c r="E78" s="14" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="F78" s="14" t="s">
+        <x:v>191</x:v>
+      </x:c>
       <x:c r="G78" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>567433</x:v>
+        <x:v>563696</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
-      <x:c r="E79" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>563696</x:v>
+        <x:v>574971</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>126</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>573289</x:v>
+        <x:v>616370</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>126</x:v>
-[...2 lines deleted...]
-        <x:v>127</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>573336</x:v>
+        <x:v>581714</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>573372</x:v>
+        <x:v>573289</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
-      <x:c r="E83" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>563697</x:v>
+        <x:v>573336</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>232</x:v>
-[...1 lines deleted...]
-      <x:c r="H84" s="14" t="s"/>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H84" s="14" t="s">
+        <x:v>127</x:v>
+      </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>616370</x:v>
+        <x:v>573372</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
+      <x:c r="E85" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="F85" s="0" t="s">
+        <x:v>191</x:v>
+      </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="S85" s="0" t="n">
+        <x:v>563697</x:v>
+      </x:c>
+      <x:c r="T85" s="4" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
@@ -7058,96 +7056,96 @@
       <x:c r="M86" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>597780</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>598302</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
@@ -7162,111 +7160,111 @@
       <x:c r="J88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>573295</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>612370</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
@@ -7291,75 +7289,75 @@
       <x:c r="M90" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>597784</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>572700</x:v>
       </x:c>
@@ -7401,144 +7399,144 @@
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>549538</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>573294</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="G94" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="J94" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K94" s="14" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>563695</x:v>
       </x:c>
@@ -7548,126 +7546,126 @@
       <x:c r="U94" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>569944</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>576404</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
@@ -7742,171 +7740,171 @@
       <x:c r="J98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>573296</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>573297</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="G100" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>579508</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
@@ -7940,90 +7938,90 @@
       <x:c r="R101" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>589945</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="G102" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="J102" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K102" s="14" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>612369</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
@@ -8068,396 +8066,396 @@
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>615077</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>583887</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>577242</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>571453</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="G108" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>571454</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>571455</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
@@ -8556,135 +8554,135 @@
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>598714</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>609480</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
@@ -8803,51 +8801,51 @@
       <x:c r="M116" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>569679</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
@@ -9334,75 +9332,75 @@
       <x:c r="T125" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>40303</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>574317</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>39694</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
@@ -9588,51 +9586,51 @@
       <x:c r="J130" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>14256</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>574939</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>39696</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
@@ -9699,51 +9697,51 @@
       <x:c r="I132" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>14256</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>592214</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>39696</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
@@ -10060,84 +10058,84 @@
       <x:c r="R138" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>573755</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>567468</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
@@ -10152,224 +10150,224 @@
       <x:c r="J140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>577369</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>576756</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>575422</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>573839</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
@@ -10384,51 +10382,51 @@
       <x:c r="J144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>573841</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -10441,51 +10439,51 @@
       <x:c r="J145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>575503</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
@@ -10500,218 +10498,218 @@
       <x:c r="J146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>575504</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>567667</x:v>
+        <x:v>575421</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>575421</x:v>
+        <x:v>567667</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>36202</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>44517</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>598441</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
@@ -10781,51 +10779,51 @@
       <x:c r="M151" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>44579</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>615337</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
@@ -10936,51 +10934,51 @@
       <x:c r="M154" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>94010</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>613600</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>37504</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -11317,1000 +11315,1000 @@
       <x:c r="R161" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>612446</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>613599</x:v>
+        <x:v>612445</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>612445</x:v>
+        <x:v>613599</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>559653</x:v>
+        <x:v>559654</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>590614</x:v>
+        <x:v>566756</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>590618</x:v>
+        <x:v>566781</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>610041</x:v>
+        <x:v>552778</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>520489</x:v>
+        <x:v>559653</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>585752</x:v>
+        <x:v>590614</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="U169" s="4" t="s">
         <x:v>415</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>552750</x:v>
+        <x:v>590618</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>39391</x:v>
+        <x:v>37274</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>15061</x:v>
+        <x:v>33091</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>578596</x:v>
+        <x:v>610041</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>586050</x:v>
+        <x:v>520489</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>559654</x:v>
+        <x:v>585752</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>552778</x:v>
+        <x:v>586050</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>566756</x:v>
+        <x:v>552750</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>566781</x:v>
+        <x:v>610042</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>610042</x:v>
+        <x:v>546592</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>568560</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -12323,1618 +12321,1618 @@
       <x:c r="J179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>552777</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>546592</x:v>
+        <x:v>540423</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>540423</x:v>
+        <x:v>576007</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>576007</x:v>
+        <x:v>559809</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>559809</x:v>
+        <x:v>566753</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>566753</x:v>
+        <x:v>566755</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>566755</x:v>
+        <x:v>574353</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>574353</x:v>
+        <x:v>609875</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>609875</x:v>
+        <x:v>574345</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>574345</x:v>
+        <x:v>568529</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>568529</x:v>
+        <x:v>576026</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>576026</x:v>
+        <x:v>566782</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>566782</x:v>
+        <x:v>520582</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>520582</x:v>
+        <x:v>546558</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>546558</x:v>
+        <x:v>539836</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>539836</x:v>
+        <x:v>539838</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>539838</x:v>
+        <x:v>540425</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>540425</x:v>
+        <x:v>609876</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="S197" s="0" t="n">
+        <x:v>559810</x:v>
+      </x:c>
+      <x:c r="T197" s="4" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="U197" s="4" t="s">
         <x:v>410</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>559810</x:v>
+        <x:v>552749</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>552749</x:v>
+        <x:v>566754</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>566754</x:v>
+        <x:v>566779</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>566779</x:v>
+        <x:v>566780</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>37274</x:v>
+        <x:v>39391</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>33091</x:v>
+        <x:v>15061</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>566780</x:v>
+        <x:v>578595</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="U202" s="16" t="s">
         <x:v>438</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>39391</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>15061</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>578595</x:v>
+        <x:v>578596</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>39391</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>15061</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>578600</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>39391</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>15061</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>615682</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>39391</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>15061</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>578617</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -13944,54 +13942,54 @@
       <x:c r="I207" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>601467</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -14015,459 +14013,459 @@
       <x:c r="M208" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>608670</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>553362</x:v>
+        <x:v>608947</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>545498</x:v>
+        <x:v>600601</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>600600</x:v>
+        <x:v>553362</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>601468</x:v>
+        <x:v>545498</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>548519</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>608947</x:v>
+        <x:v>600600</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>600601</x:v>
+        <x:v>601468</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
@@ -14527,108 +14525,108 @@
       <x:c r="I217" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>545497</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>616036</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
@@ -14644,114 +14642,114 @@
       <x:c r="K219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>590156</x:v>
+        <x:v>590139</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>590139</x:v>
+        <x:v>590156</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -14869,54 +14867,54 @@
       <x:c r="L223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>598897</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -15035,308 +15033,308 @@
       <x:c r="H226" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>554871</x:v>
+        <x:v>453852</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>554916</x:v>
+        <x:v>603406</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="Q228" s="16" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="R228" s="14" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="S228" s="14" t="n">
+        <x:v>554871</x:v>
+      </x:c>
+      <x:c r="T228" s="16" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="U228" s="16" t="s">
         <x:v>480</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>603406</x:v>
+        <x:v>554916</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>554917</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
@@ -15352,51 +15350,51 @@
       <x:c r="M231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>602551</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>474</x:v>
@@ -15413,96 +15411,96 @@
       <x:c r="M232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>554813</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>603822</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
@@ -15534,51 +15532,51 @@
       <x:c r="M234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>603407</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
@@ -15594,103 +15592,103 @@
       <x:c r="M235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>602549</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>603820</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -15700,51 +15698,51 @@
       <x:c r="H237" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>509941</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
@@ -15836,51 +15834,51 @@
       <x:c r="M239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>556147</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>474</x:v>
@@ -15897,51 +15895,51 @@
       <x:c r="M240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>556170</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
@@ -16336,57 +16334,57 @@
       <x:c r="H248" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>575550</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>340</x:v>