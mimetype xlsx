--- v2 (2026-03-23)
+++ v3 (2026-03-23)
@@ -371,200 +371,200 @@
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Massage esthétique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien spa et bien-être (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>AIX EN PROVENCE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Technicien en hypnose et communication ericksonienne (combiné)</x:t>
   </x:si>
   <x:si>
     <x:t>Arche Formation</x:t>
   </x:si>
   <x:si>
     <x:t>75020</x:t>
   </x:si>
   <x:si>
     <x:t>Thérapie corporelle</x:t>
   </x:si>
   <x:si>
+    <x:t>03/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/20/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Technicien en hypnose et communication ericksonienne</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien en Hypnose Ericksonienne</x:t>
   </x:si>
   <x:si>
     <x:t>Efcoaching</x:t>
   </x:si>
   <x:si>
     <x:t>13580</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/11/2026 00:00:00</x:t>
-[...8 lines deleted...]
-    <x:t>06/12/2026 00:00:00</x:t>
+    <x:t>Efth Formations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Efth Formations</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Technicien 2 en hypnose et communication ericksonienne (combiné)</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien 2 en hypnose et communication ericksonienne</x:t>
   </x:si>
   <x:si>
+    <x:t>05/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/05/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Spécialisations en sophrologie</x:t>
   </x:si>
   <x:si>
     <x:t>Patricia Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Enseignant , Formateur , Particulier, individuel , Profession libérale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Sophrologie</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Spa Prestige aux graines d'entada</x:t>
   </x:si>
   <x:si>
     <x:t>Dubarry Academy</x:t>
@@ -602,113 +602,113 @@
   <x:si>
     <x:t>CHATEAU-ARNOUX</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sophrologue</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Sophrologie Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
+    <x:t>10/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/08/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/24/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sophrologie et sophro-analyse</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de sophrologie de Salon de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13540</x:t>
   </x:si>
   <x:si>
     <x:t>PUYRICARD</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Autre public , Demandeur d'emploi , Enseignant , Formateur , Handicapé moteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Andralian</x:t>
   </x:si>
   <x:si>
     <x:t>IFS</x:t>
   </x:si>
   <x:si>
     <x:t>75003</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Autre public , Demandeur d'emploi , Enseignant , Formateur , Handicapé moteur</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sophro-analyse et mouvements oculaires</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sophro-analyse</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
@@ -905,56 +905,56 @@
   <x:si>
     <x:t>83440</x:t>
   </x:si>
   <x:si>
     <x:t>Femme</x:t>
   </x:si>
   <x:si>
     <x:t>TOURRETTES</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/25/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie palmaire traditionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie palmaire énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie et gestion des émotions</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique d'Etat , Autre public</x:t>
@@ -1100,62 +1100,62 @@
   <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Elise Maes - Elise Le Goff</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Enseignant , Femme , Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Professeur de yoga</x:t>
   </x:si>
   <x:si>
     <x:t>Celine Dahan</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/27/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Professeur de Yin Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Pilates module séniors et pratique examen</x:t>
   </x:si>
   <x:si>
     <x:t>Fit Studio</x:t>
   </x:si>
   <x:si>
     <x:t>83350</x:t>
   </x:si>
   <x:si>
     <x:t>RAMATUELLE</x:t>
   </x:si>
   <x:si>
     <x:t>04/26/2026 00:00:00</x:t>
@@ -1247,80 +1247,80 @@
   <x:si>
     <x:t>Prise parole</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pratique des piliers de la santé et des techniques de pareeksha selon l’ayurvéda</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pratique des fondamentaux de la Sophrologie</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de sophrologie Aix-Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>LES MILLES</x:t>
   </x:si>
   <x:si>
+    <x:t>10/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/28/2027 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/16/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Praticien(ne) en drainage lymphatique bien-être corps et visage</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien TCC</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé moteur , Profession libérale , Public en emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien spécialisé en danse-thérapie contemporaine : organiser un dispositif de danse-thérapie contemporaine</x:t>
   </x:si>
   <x:si>
     <x:t>Profac</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Art thérapie</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
@@ -1370,233 +1370,233 @@
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien naturopathe : éducateur de santé</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Adnr</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/08/2023 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/04/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Praticien Janzu : massage et relaxation aquatique. Cursus complet</x:t>
   </x:si>
   <x:si>
     <x:t>Thomas Vanhee - Osmoz Life</x:t>
   </x:si>
   <x:si>
     <x:t>83136</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Profession libérale , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>MEOUNES-LES-MONTRIEUX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
-    <x:t>07/04/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Praticien en thérapie par le rire</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Polygone</x:t>
   </x:si>
   <x:si>
     <x:t>GP</x:t>
   </x:si>
   <x:si>
     <x:t>95000</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi , Licencié pour motif économique , Particulier, individuel , Profession libérale , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Demandeur d'emploi , Licencié pour motif économique , Profession libérale , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
-    <x:t>07/15/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Praticien en sophrologie EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>E-Faculté de Psychologie et de Psychanalyse</x:t>
   </x:si>
   <x:si>
     <x:t>EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en sophrologie</x:t>
   </x:si>
   <x:si>
     <x:t>Eki-Vie - Harmonika</x:t>
   </x:si>
   <x:si>
     <x:t>78730</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en Shiatsu</x:t>
   </x:si>
   <x:si>
     <x:t>Marie-Hélène Reynaud Joanny</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en naturopathie hygièniste</x:t>
   </x:si>
   <x:si>
     <x:t>Julien Allaire</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PRATICIEN EN NATUROPATHIE ENERGETIQUE A DISTANCE</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Formation Naturopathie Energétique</x:t>
   </x:si>
   <x:si>
     <x:t>CFNE</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>12/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en naturopathie à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Innovnaturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>84700</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
+    <x:t>09/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/03/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Praticien en naturopathie</x:t>
   </x:si>
   <x:si>
+    <x:t>Ecole Naturospirit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public en emploi , Public sans emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Ferme de Beaugensiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commerçant , Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BELGENTIER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Snob Dog Academy</x:t>
   </x:si>
   <x:si>
     <x:t>13382</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole Naturospirit</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>05/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en massage sportif et californien</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose thérapeutique</x:t>
   </x:si>
   <x:si>
     <x:t>Transe-Formations</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2026 00:00:00</x:t>
@@ -1655,80 +1655,80 @@
   <x:si>
     <x:t>Praticien en hypnose conversationnelle</x:t>
   </x:si>
   <x:si>
     <x:t>04/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en herboristerie</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en EFT (Emotional Freedom Techniques)</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en art thérapie</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut Privé Jacquet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IEPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Particulier, individuel , Public en emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-LAURENT-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en Art Thérapie</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut Privé Jacquet</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>03/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/04/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
@@ -1808,62 +1808,62 @@
   <x:si>
     <x:t>03/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Olfactothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>Hippocratus</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Femme , Particulier, individuel , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
+    <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Iffcn</x:t>
   </x:si>
   <x:si>
     <x:t>04/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Salarié , Tout public</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Agent de la fonction publique hospitalière , Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Naturopathe, relaxologue, praticien en réflexologie</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Synergie Naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>ESN</x:t>
@@ -2201,59 +2201,59 @@
   <x:si>
     <x:t>Massage bébé Shantala</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bébé</x:t>
   </x:si>
   <x:si>
     <x:t>Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Massage balinais</x:t>
   </x:si>
   <x:si>
     <x:t>Massage ayurvédique Abhyanga</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Ayurvedique Abhyanga</x:t>
   </x:si>
   <x:si>
     <x:t>Massage ayurvédique</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Ayurvédique</x:t>
   </x:si>
   <x:si>
+    <x:t>05/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/25/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Massage amma assis standard</x:t>
   </x:si>
   <x:si>
     <x:t>Xavier Court</x:t>
   </x:si>
   <x:si>
     <x:t>75017</x:t>
   </x:si>
   <x:si>
     <x:t>Xavier Court - Ressources</x:t>
   </x:si>
   <x:si>
     <x:t>11/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage amma assis pro</x:t>
   </x:si>
   <x:si>
     <x:t>Massage amma assis</x:t>
   </x:si>
   <x:si>
     <x:t>Magnétisme</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2025 00:00:00</x:t>
@@ -2381,57 +2381,57 @@
   <x:si>
     <x:t>Kinésiologie</x:t>
   </x:si>
   <x:si>
     <x:t>Surya Formations</x:t>
   </x:si>
   <x:si>
     <x:t>02/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>La Cour du Bien Etre</x:t>
   </x:si>
   <x:si>
     <x:t>EKTC</x:t>
   </x:si>
   <x:si>
     <x:t>38000</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 2</x:t>
   </x:si>
   <x:si>
+    <x:t>MOUGINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/20/2024 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Introduction à l'herbalisme</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC4 déployer une activité de spa et bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Esthétique soin corporel</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC3 construire des programmes complets et personnalisés de prestations spa et bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC2 réaliser des massages bien-être</x:t>
   </x:si>
@@ -4585,57 +4585,57 @@
       <x:c r="J23" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>545825</x:v>
+        <x:v>545823</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>34921</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
@@ -4644,213 +4644,213 @@
       <x:c r="J24" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>545827</x:v>
+        <x:v>545825</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>34921</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="S25" s="0" t="n">
+        <x:v>545827</x:v>
+      </x:c>
+      <x:c r="T25" s="4" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>624158</x:v>
+        <x:v>579939</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>624159</x:v>
+        <x:v>624158</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>104</x:v>
@@ -4859,97 +4859,97 @@
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>579939</x:v>
+        <x:v>624159</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>624160</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -4958,51 +4958,51 @@
         <x:v>104</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>624161</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>104</x:v>
@@ -5016,51 +5016,51 @@
       <x:c r="M31" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>579942</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
@@ -5112,101 +5112,101 @@
       <x:c r="K33" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>618113</x:v>
+        <x:v>618114</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>617961</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>120</x:v>
@@ -5214,153 +5214,153 @@
       <x:c r="K35" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>618114</x:v>
+        <x:v>618113</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>617962</x:v>
+        <x:v>610248</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>610248</x:v>
+        <x:v>617962</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>104</x:v>
@@ -5369,357 +5369,357 @@
       <x:c r="K38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>580511</x:v>
+        <x:v>624162</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>624162</x:v>
+        <x:v>624163</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>624163</x:v>
+        <x:v>580511</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>580510</x:v>
+        <x:v>580507</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>624165</x:v>
+        <x:v>580510</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>624164</x:v>
+        <x:v>624165</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>580507</x:v>
+        <x:v>624164</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>153</x:v>
@@ -5981,100 +5981,100 @@
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>604520</x:v>
+        <x:v>616385</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>616385</x:v>
+        <x:v>604520</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>175</x:v>
@@ -6135,51 +6135,51 @@
       <x:c r="L53" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>616384</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
@@ -6255,91 +6255,89 @@
       <x:c r="R55" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>544372</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>191</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>520790</x:v>
+        <x:v>574335</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>48</x:v>
@@ -6359,89 +6357,91 @@
       <x:c r="R57" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>611923</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>151</x:v>
-[...1 lines deleted...]
-      <x:c r="H58" s="14" t="s"/>
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s">
+        <x:v>194</x:v>
+      </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>574335</x:v>
+        <x:v>520790</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="U58" s="16" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>48</x:v>
@@ -6697,159 +6697,159 @@
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>616483</x:v>
+        <x:v>616480</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>622884</x:v>
+        <x:v>616483</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>616480</x:v>
+        <x:v>622884</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
@@ -7742,134 +7742,134 @@
         <x:v>587882</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>587880</x:v>
+        <x:v>542236</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>542236</x:v>
+        <x:v>587880</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="U86" s="16" t="s">
         <x:v>279</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>36</x:v>
@@ -8177,51 +8177,51 @@
       <x:c r="L93" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>615222</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -8394,51 +8394,51 @@
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>588283</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>299</x:v>
@@ -8446,100 +8446,100 @@
       <x:c r="L98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>602685</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>577227</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -8707,51 +8707,51 @@
       <x:c r="M103" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>572176</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>25</x:v>
@@ -9008,162 +9008,162 @@
       <x:c r="I109" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>586607</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>614475</x:v>
+        <x:v>578436</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>578436</x:v>
+        <x:v>614475</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
@@ -9271,51 +9271,51 @@
       <x:c r="L114" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>586571</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>35</x:v>
@@ -9323,51 +9323,51 @@
       <x:c r="M115" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>586567</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
@@ -9887,412 +9887,412 @@
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>602501</x:v>
+        <x:v>551478</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>551477</x:v>
+        <x:v>551479</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>602500</x:v>
+        <x:v>602498</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>551478</x:v>
+        <x:v>602500</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="U129" s="4" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>551479</x:v>
+        <x:v>602501</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>602499</x:v>
+        <x:v>551477</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>602502</x:v>
+        <x:v>602499</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="U132" s="16" t="s">
         <x:v>399</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>602498</x:v>
+        <x:v>602502</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="U133" s="4" t="s">
         <x:v>401</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
@@ -10716,100 +10716,100 @@
         <x:v>421</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>573860</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>573270</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
@@ -10818,51 +10818,51 @@
         <x:v>421</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>573267</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>430</x:v>
@@ -10923,202 +10923,202 @@
       <x:c r="K146" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>472361</x:v>
+        <x:v>529778</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>529778</x:v>
+        <x:v>472361</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>587309</x:v>
+        <x:v>587866</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>587866</x:v>
+        <x:v>587309</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
@@ -11126,518 +11126,518 @@
         <x:v>445</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="S150" s="14" t="n">
+        <x:v>576879</x:v>
+      </x:c>
+      <x:c r="T150" s="16" t="s">
         <x:v>447</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>448</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>576875</x:v>
+        <x:v>576874</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>576879</x:v>
+        <x:v>576875</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>576876</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>559482</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>601896</x:v>
+        <x:v>601894</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="S156" s="14" t="n">
+        <x:v>601897</x:v>
+      </x:c>
+      <x:c r="T156" s="16" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="U156" s="16" t="s">
         <x:v>459</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>601897</x:v>
+        <x:v>601896</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>601891</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>473727</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
@@ -11698,51 +11698,51 @@
       <x:c r="I161" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>612669</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
@@ -11754,351 +11754,351 @@
       <x:c r="K162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>516062</x:v>
+        <x:v>587284</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>587284</x:v>
+        <x:v>516062</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>623416</x:v>
+        <x:v>543922</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>543922</x:v>
+        <x:v>508016</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>572605</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>508016</x:v>
+        <x:v>623416</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>572604</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>209</x:v>
@@ -12261,196 +12261,196 @@
         <x:v>120</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>617967</x:v>
+        <x:v>617965</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>617965</x:v>
+        <x:v>587854</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>587854</x:v>
+        <x:v>617967</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>610249</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
@@ -12567,51 +12567,51 @@
         <x:v>120</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>617966</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>452</x:v>
@@ -12619,51 +12619,51 @@
       <x:c r="I179" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>559483</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -12672,100 +12672,100 @@
         <x:v>104</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>585384</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>581476</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
@@ -12774,106 +12774,106 @@
         <x:v>456</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>598451</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>598453</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
@@ -12882,100 +12882,100 @@
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>598450</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>598452</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
@@ -13033,153 +13033,153 @@
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>598446</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>598447</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>598396</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
@@ -13188,626 +13188,624 @@
       <x:c r="L190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>598449</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>598448</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>598478</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="H193" s="0" t="s">
+        <x:v>529</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>611917</x:v>
+        <x:v>490425</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>613248</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>451</x:v>
-[...2 lines deleted...]
-        <x:v>452</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>570551</x:v>
+        <x:v>611917</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>527</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>455</x:v>
-[...1 lines deleted...]
-      <x:c r="H196" s="14" t="s"/>
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="H196" s="14" t="s">
+        <x:v>452</x:v>
+      </x:c>
       <x:c r="I196" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>598479</x:v>
+        <x:v>570551</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>530</x:v>
-[...2 lines deleted...]
-        <x:v>531</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>572417</x:v>
+        <x:v>598479</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>455</x:v>
-[...1 lines deleted...]
-      <x:c r="H198" s="14" t="s"/>
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="H198" s="14" t="s">
+        <x:v>529</x:v>
+      </x:c>
       <x:c r="I198" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>598477</x:v>
+        <x:v>572417</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>443</x:v>
-[...2 lines deleted...]
-        <x:v>444</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>576869</x:v>
+        <x:v>598477</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
-        <x:v>531</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>490425</x:v>
+        <x:v>576869</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>576872</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
@@ -13865,100 +13863,100 @@
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>598480</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="H204" s="14" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="I204" s="16" t="s">
         <x:v>530</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>532</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="Q204" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
-      <x:c r="Q204" s="16" t="s">
+      <x:c r="R204" s="14" t="s">
         <x:v>532</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>534</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>572418</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>152</x:v>
@@ -13997,179 +13995,179 @@
         <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>576870</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="H207" s="0" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="I207" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
-      <x:c r="H207" s="0" t="s">
+      <x:c r="K207" s="0" t="s">
         <x:v>531</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>533</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="Q207" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
-      <x:c r="Q207" s="4" t="s">
+      <x:c r="R207" s="0" t="s">
         <x:v>532</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>534</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>488540</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="H208" s="14" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="I208" s="16" t="s">
         <x:v>530</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>532</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="Q208" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
-      <x:c r="Q208" s="16" t="s">
+      <x:c r="R208" s="14" t="s">
         <x:v>532</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>534</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>572416</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>152</x:v>
@@ -14258,78 +14256,78 @@
         <x:v>539</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>576867</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
@@ -14536,51 +14534,51 @@
         <x:v>104</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>599687</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>104</x:v>
@@ -14591,51 +14589,51 @@
       <x:c r="L217" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>624168</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
@@ -14740,100 +14738,100 @@
         <x:v>104</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>624172</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>624173</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -14996,252 +14994,252 @@
       <x:c r="K225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>580512</x:v>
+        <x:v>624166</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>599685</x:v>
+        <x:v>580512</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>624166</x:v>
+        <x:v>599685</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>624170</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>624171</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
@@ -15250,100 +15248,100 @@
         <x:v>340</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>616898</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>589567</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -15383,240 +15381,240 @@
         <x:v>515</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>576863</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>576862</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>576861</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>576864</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>35</x:v>
@@ -15677,51 +15675,51 @@
       <x:c r="M238" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>616460</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
@@ -15779,202 +15777,202 @@
       <x:c r="M240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>587282</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="I241" s="4" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="K241" s="0" t="s">
         <x:v>579</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>574024</x:v>
+        <x:v>597820</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="U241" s="4" t="s">
         <x:v>580</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
-        <x:v>581</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>597820</x:v>
+        <x:v>574024</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>582</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="R243" s="0" t="s">
         <x:v>489</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>491</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>507977</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
@@ -16023,162 +16021,162 @@
       <x:c r="I245" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>548357</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>540642</x:v>
+        <x:v>548367</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>585</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>548367</x:v>
+        <x:v>540642</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
@@ -16233,92 +16231,92 @@
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>516079</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>586478</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
@@ -16436,57 +16434,57 @@
       <x:c r="I253" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>598474</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
@@ -16544,152 +16542,152 @@
       <x:c r="L255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>598472</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>576859</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>617942</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
@@ -16704,367 +16702,367 @@
       <x:c r="L258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>598476</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>598475</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>576856</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>576857</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>576860</x:v>
+        <x:v>597743</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="S263" s="0" t="n">
+        <x:v>576860</x:v>
+      </x:c>
+      <x:c r="T263" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="S263" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>614716</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
@@ -17118,100 +17116,100 @@
         <x:v>445</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>576848</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>588091</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
@@ -17220,51 +17218,51 @@
         <x:v>421</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>614360</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>407</x:v>
@@ -17741,51 +17739,51 @@
       <x:c r="J278" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>575693</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
@@ -17798,51 +17796,51 @@
       <x:c r="J279" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>575692</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
@@ -18161,51 +18159,51 @@
         <x:v>340</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>43019</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>611847</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>261</x:v>
@@ -18723,258 +18721,258 @@
       <x:c r="K297" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>551161</x:v>
+        <x:v>551163</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>615124</x:v>
+        <x:v>577507</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>510</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>551184</x:v>
+        <x:v>551161</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s"/>
       <x:c r="K300" s="14" t="s">
-        <x:v>668</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>551163</x:v>
+        <x:v>615124</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>577507</x:v>
+        <x:v>551184</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
@@ -19088,51 +19086,51 @@
       <x:c r="M304" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>615213</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>48</x:v>
@@ -19181,103 +19179,103 @@
         <x:v>63</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>551406</x:v>
+        <x:v>551405</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>551405</x:v>
+        <x:v>551406</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>261</x:v>
@@ -19434,51 +19432,51 @@
       <x:c r="I311" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>510312</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -19947,51 +19945,51 @@
       <x:c r="I321" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>510287</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
@@ -20204,51 +20202,51 @@
         <x:v>701</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>566791</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>694</x:v>
@@ -20312,51 +20310,51 @@
       <x:c r="L328" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>589929</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>26</x:v>
@@ -20763,51 +20761,51 @@
       <x:c r="I337" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>510289</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -20819,100 +20817,100 @@
       <x:c r="K338" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>616985</x:v>
+        <x:v>578441</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>711</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>578441</x:v>
+        <x:v>616985</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>711</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>715</x:v>
@@ -20927,51 +20925,51 @@
       <x:c r="M340" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>552624</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>48</x:v>
@@ -21029,100 +21027,100 @@
       <x:c r="M342" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>566786</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>552603</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
@@ -21131,199 +21129,199 @@
       <x:c r="M344" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>566490</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>597610</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>577458</x:v>
+        <x:v>551195</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>551195</x:v>
+        <x:v>577458</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
@@ -21477,51 +21475,51 @@
       <x:c r="I351" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>579680</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
@@ -21530,51 +21528,51 @@
         <x:v>456</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>579682</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>159</x:v>
@@ -21585,54 +21583,54 @@
       <x:c r="L353" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>623405</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
@@ -21734,51 +21732,51 @@
         <x:v>677</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>543611</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>261</x:v>
@@ -21938,106 +21936,106 @@
         <x:v>456</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>598455</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>598456</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
@@ -22046,51 +22044,51 @@
       <x:c r="L362" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>598454</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>35</x:v>
@@ -22148,51 +22146,51 @@
       <x:c r="L364" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>598457</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>733</x:v>
       </x:c>
@@ -22742,51 +22740,51 @@
       <x:c r="I375" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>543919</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>763</x:v>
       </x:c>
@@ -22853,51 +22851,51 @@
       <x:c r="L377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>621803</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C378" s="15" t="s"/>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="I378" s="16" t="s">
         <x:v>767</x:v>
       </x:c>
@@ -22954,270 +22952,269 @@
       <x:c r="I379" s="4" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>537595</x:v>
+        <x:v>621804</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>770</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C380" s="15" t="s"/>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>763</x:v>
-[...1 lines deleted...]
-      <x:c r="H380" s="14" t="s"/>
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="H380" s="14" t="s">
+        <x:v>766</x:v>
+      </x:c>
       <x:c r="I380" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s"/>
       <x:c r="K380" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>763</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>598429</x:v>
+        <x:v>621805</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>771</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C381" s="3" t="s"/>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
-        <x:v>765</x:v>
-[...2 lines deleted...]
-        <x:v>766</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>621805</x:v>
+        <x:v>579929</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>579929</x:v>
+        <x:v>598429</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>546</x:v>
+        <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="S383" s="0" t="n">
+        <x:v>537595</x:v>
+      </x:c>
+      <x:c r="T383" s="4" t="s">
         <x:v>772</x:v>
       </x:c>
-      <x:c r="S383" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
@@ -23323,108 +23320,108 @@
       <x:c r="J386" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>546888</x:v>
+        <x:v>546887</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>546887</x:v>
+        <x:v>546888</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
@@ -23886,111 +23883,111 @@
       <x:c r="K396" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>546860</x:v>
+        <x:v>608293</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>778</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>608293</x:v>
+        <x:v>546860</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>784</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -24218,54 +24215,54 @@
       <x:c r="L402" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>14406</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>616424</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>48</x:v>
@@ -24314,419 +24311,419 @@
         <x:v>421</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>614342</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>617275</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>576837</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>576839</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>576840</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="C409" s="3" t="s"/>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>576838</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="C410" s="15" t="s"/>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s"/>
       <x:c r="K410" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>580520</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>624174</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>803</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -24886,107 +24883,107 @@
       <x:c r="I415" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>551214</x:v>
+        <x:v>551216</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>551216</x:v>
+        <x:v>551214</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="C417" s="3" t="s"/>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>817</x:v>
@@ -25090,57 +25087,57 @@
       <x:c r="I419" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>598466</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C420" s="15" t="s"/>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s"/>
       <x:c r="K420" s="14" t="s">
@@ -25149,100 +25146,100 @@
       <x:c r="L420" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>598463</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C421" s="3" t="s"/>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>598468</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C422" s="15" t="s"/>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s"/>
       <x:c r="K422" s="14" t="s">
@@ -25251,314 +25248,314 @@
       <x:c r="L422" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>598469</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C423" s="3" t="s"/>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>576833</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C424" s="15" t="s"/>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I424" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s"/>
       <x:c r="K424" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>576835</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C425" s="3" t="s"/>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>576836</x:v>
+        <x:v>576834</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C426" s="15" t="s"/>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s"/>
       <x:c r="K426" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>576834</x:v>
+        <x:v>576836</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="C427" s="3" t="s"/>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>613597</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="C428" s="15" t="s"/>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="I428" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
@@ -25612,51 +25609,51 @@
       <x:c r="I429" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>42001</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>510254</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="C430" s="15" t="s"/>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
@@ -25671,150 +25668,150 @@
       <x:c r="L430" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>42001</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>615123</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="C431" s="3" t="s"/>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>576823</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="C432" s="15" t="s"/>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s"/>
       <x:c r="K432" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>574195</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>833</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="C433" s="3" t="s"/>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>167</x:v>
@@ -25853,284 +25850,284 @@
         <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="C434" s="15" t="s"/>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I434" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s"/>
       <x:c r="K434" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>576826</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="C435" s="3" t="s"/>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>576827</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="C436" s="15" t="s"/>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I436" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s"/>
       <x:c r="K436" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>617274</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="C437" s="3" t="s"/>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>576830</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="C438" s="15" t="s"/>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s"/>
       <x:c r="K438" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>574194</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>834</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="C439" s="3" t="s"/>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>837</x:v>
@@ -26348,51 +26345,51 @@
       <x:c r="M443" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>578935</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="C444" s="15" t="s"/>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s"/>
       <x:c r="K444" s="14" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
@@ -26701,57 +26698,57 @@
         <x:v>104</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s"/>
       <x:c r="K450" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>618150</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="C451" s="3" t="s"/>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>26</x:v>
@@ -26960,51 +26957,51 @@
       <x:c r="L455" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>616459</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="C456" s="15" t="s"/>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s"/>
       <x:c r="K456" s="14" t="s">
@@ -27118,51 +27115,51 @@
       <x:c r="M458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>572177</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="C459" s="3" t="s"/>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>27</x:v>
@@ -27266,51 +27263,51 @@
       <x:c r="L461" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>577236</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="C462" s="15" t="s"/>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s"/>
       <x:c r="K462" s="14" t="s">
@@ -27371,153 +27368,153 @@
       <x:c r="M463" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>572178</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="C464" s="15" t="s"/>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s"/>
       <x:c r="K464" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>616118</x:v>
+        <x:v>580292</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>595</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>875</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="C465" s="3" t="s"/>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>580292</x:v>
+        <x:v>616118</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="C466" s="15" t="s"/>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s"/>
       <x:c r="K466" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
@@ -27829,100 +27826,100 @@
       <x:c r="L472" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>495575</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>890</x:v>
       </x:c>
       <x:c r="C473" s="3" t="s"/>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>495568</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>890</x:v>
       </x:c>
       <x:c r="C474" s="15" t="s"/>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s"/>
       <x:c r="K474" s="14" t="s">
@@ -28009,130 +28006,130 @@
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>711</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="C476" s="15" t="s"/>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s"/>
       <x:c r="K476" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>611919</x:v>
+        <x:v>574331</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="C477" s="3" t="s"/>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
-        <x:v>895</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>574331</x:v>
+        <x:v>611919</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="C478" s="15" t="s"/>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="I478" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s"/>
       <x:c r="K478" s="14" t="s">
         <x:v>897</x:v>
@@ -28217,72 +28214,72 @@
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="C480" s="15" t="s"/>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I480" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s"/>
       <x:c r="K480" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>623419</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>900</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="C481" s="3" t="s"/>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>456</x:v>
@@ -28293,51 +28290,51 @@
       <x:c r="L481" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>598459</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="C482" s="15" t="s"/>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s"/>
       <x:c r="K482" s="14" t="s">
@@ -28346,367 +28343,367 @@
       <x:c r="L482" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>598462</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="C483" s="3" t="s"/>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>576812</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="C484" s="15" t="s"/>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I484" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s"/>
       <x:c r="K484" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>576809</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="C485" s="3" t="s"/>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>598461</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="C486" s="15" t="s"/>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s"/>
       <x:c r="K486" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>598460</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="C487" s="3" t="s"/>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>576808</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="C488" s="15" t="s"/>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I488" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s"/>
       <x:c r="K488" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>576810</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>901</x:v>
       </x:c>
       <x:c r="C489" s="3" t="s"/>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>35</x:v>
@@ -28737,375 +28734,375 @@
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>901</x:v>
       </x:c>
       <x:c r="C490" s="15" t="s"/>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s"/>
       <x:c r="K490" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>574191</x:v>
+        <x:v>548353</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>901</x:v>
       </x:c>
       <x:c r="C491" s="3" t="s"/>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
-        <x:v>902</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>548353</x:v>
+        <x:v>574191</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
-        <x:v>903</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>901</x:v>
       </x:c>
       <x:c r="C492" s="15" t="s"/>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s"/>
       <x:c r="K492" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>574190</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>904</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="C493" s="3" t="s"/>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>906</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>548703</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="C494" s="15" t="s"/>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s"/>
       <x:c r="K494" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>614509</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="C495" s="3" t="s"/>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>588185</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>907</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="C496" s="15" t="s"/>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s"/>
       <x:c r="K496" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>571761</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="C497" s="3" t="s"/>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>406</x:v>
@@ -29166,51 +29163,51 @@
         <x:v>677</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s"/>
       <x:c r="K498" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>543596</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="C499" s="3" t="s"/>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>63</x:v>
@@ -29370,57 +29367,57 @@
         <x:v>509</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s"/>
       <x:c r="K502" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>587861</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="C503" s="3" t="s"/>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>35</x:v>
@@ -29481,51 +29478,51 @@
       <x:c r="M504" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>615211</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>919</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>710</x:v>
+        <x:v>712</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="C505" s="3" t="s"/>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>921</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>48</x:v>
@@ -29778,57 +29775,57 @@
         <x:v>509</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s"/>
       <x:c r="K510" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>587863</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>934</x:v>
       </x:c>
       <x:c r="C511" s="3" t="s"/>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
         <x:v>935</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>26</x:v>