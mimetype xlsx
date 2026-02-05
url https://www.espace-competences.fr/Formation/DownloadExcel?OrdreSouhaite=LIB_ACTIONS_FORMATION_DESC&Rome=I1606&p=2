--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -278,77 +278,77 @@
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CQP débosseleur sans peinture</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Demandeur d'emploi , Licencié pour motif économique , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/07/2026 00:00:00</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Carrossier peintre (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Automobile Formation 13 - CFA Régional des Métiers de l'Automobile 13</x:t>
   </x:si>
   <x:si>
     <x:t>AF 13</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
@@ -443,68 +443,68 @@
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Argimsa Sessad</x:t>
   </x:si>
   <x:si>
     <x:t>83340</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
     <x:t>CAP carrossier automobile (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
+    <x:t>Cma Formation Les Arcs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LES ARCS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cma Formation Saint Maximin</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
-    <x:t>Cma Formation Les Arcs</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Charles Privat</x:t>
   </x:si>
   <x:si>
     <x:t>13637</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
@@ -641,71 +641,71 @@
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06206</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P de Girard</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>LP J Moulin</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée G Cisson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP le Chatelier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAP Carrossier automobile</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée G Cisson</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>LP L Blum</x:t>
   </x:si>
   <x:si>
     <x:t>83011</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP L Martin Bret</x:t>
   </x:si>
   <x:si>
     <x:t>04101</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
@@ -767,63 +767,63 @@
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Porfessionnel Jean Lurçat</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Technicien en Chaudronnerie Industrielle</x:t>
   </x:si>
   <x:si>
+    <x:t>09/06/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>bac pro technicien en chaudronnerie industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Adam de Craponne</x:t>
   </x:si>
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/06/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP L Blériot</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83514</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
@@ -2098,421 +2098,421 @@
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>598899</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>587711</x:v>
+        <x:v>598904</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>598904</x:v>
+        <x:v>598905</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="U15" s="4" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>598905</x:v>
+        <x:v>598900</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>598900</x:v>
+        <x:v>598901</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>598901</x:v>
+        <x:v>598903</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>598903</x:v>
+        <x:v>587714</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>587714</x:v>
+        <x:v>587711</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>39201</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -3302,57 +3302,57 @@
       <x:c r="K34" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>501610</x:v>
+        <x:v>604802</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -3362,237 +3362,237 @@
       <x:c r="K35" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>501747</x:v>
+        <x:v>604846</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>130</x:v>
-[...1 lines deleted...]
-      <x:c r="H36" s="14" t="s"/>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>547785</x:v>
+        <x:v>501610</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>604802</x:v>
+        <x:v>501747</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>122</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>604846</x:v>
+        <x:v>547785</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -5451,57 +5451,57 @@
       <x:c r="H70" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>553688</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5632,57 +5632,57 @@
       <x:c r="H73" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>604847</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5753,57 +5753,57 @@
       <x:c r="H75" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>553256</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5814,57 +5814,57 @@
       <x:c r="H76" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>553257</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6309,51 +6309,51 @@
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>493136</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -6594,57 +6594,57 @@
       <x:c r="H89" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>604803</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7132,219 +7132,219 @@
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>596957</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>588534</x:v>
+        <x:v>596955</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="Q100" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="Q100" s="16" t="s">
+      <x:c r="R100" s="14" t="s">
         <x:v>192</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>193</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>596964</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="I101" s="4" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="Q101" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="Q101" s="4" t="s">
+      <x:c r="R101" s="0" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>596965</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
@@ -7357,51 +7357,51 @@
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>543701</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>23617</x:v>
@@ -7411,51 +7411,51 @@
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>493647</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
@@ -7468,51 +7468,51 @@
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>544806</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>23617</x:v>
@@ -7579,51 +7579,51 @@
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>596962</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>23617</x:v>
@@ -7690,51 +7690,51 @@
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>596959</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>23617</x:v>
@@ -7744,51 +7744,51 @@
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>551768</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>30</x:v>
@@ -7912,51 +7912,51 @@
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>596961</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>23617</x:v>
@@ -7966,51 +7966,51 @@
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>587947</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
@@ -8023,51 +8023,51 @@
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>515284</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>23617</x:v>
@@ -8077,51 +8077,51 @@
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>493054</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
@@ -8134,51 +8134,51 @@
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>544807</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
@@ -8188,103 +8188,103 @@
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>552679</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>175</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>596955</x:v>
+        <x:v>588534</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -9979,252 +9979,256 @@
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>493114</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>581434</x:v>
+        <x:v>588513</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>540871</x:v>
+        <x:v>491064</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>155</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>554809</x:v>
+        <x:v>581434</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
+      <x:c r="G151" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
+      <x:c r="P151" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>616024</x:v>
+        <x:v>540871</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
@@ -10233,400 +10237,396 @@
       <x:c r="K152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>585525</x:v>
+        <x:v>554809</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
-      <x:c r="G153" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="P153" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>595768</x:v>
+        <x:v>616024</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>175</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>233</x:v>
-[...1 lines deleted...]
-      <x:c r="H154" s="14" t="s"/>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="H154" s="14" t="s">
+        <x:v>156</x:v>
+      </x:c>
       <x:c r="I154" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>595771</x:v>
+        <x:v>585525</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>514444</x:v>
+        <x:v>595768</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
-        <x:v>39</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>155</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>554810</x:v>
+        <x:v>595771</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>588513</x:v>
+        <x:v>514444</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>130</x:v>
-[...1 lines deleted...]
-      <x:c r="H158" s="14" t="s"/>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="H158" s="14" t="s">
+        <x:v>156</x:v>
+      </x:c>
       <x:c r="I158" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>491064</x:v>
+        <x:v>554810</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>22387</x:v>
@@ -10693,51 +10693,51 @@
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>543716</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>22387</x:v>
@@ -10747,51 +10747,51 @@
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>595769</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
@@ -11290,252 +11290,252 @@
       <x:c r="R170" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>549575</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>37913</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>596978</x:v>
+        <x:v>596977</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37913</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>596981</x:v>
+        <x:v>596980</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>37913</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>596977</x:v>
+        <x:v>596978</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37913</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>596980</x:v>
+        <x:v>596981</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>37913</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>137</x:v>
       </x:c>