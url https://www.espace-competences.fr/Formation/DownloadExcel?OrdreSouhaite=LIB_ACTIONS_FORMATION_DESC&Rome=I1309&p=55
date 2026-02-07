--- v0 (2026-02-06)
+++ v1 (2026-02-07)
@@ -1439,552 +1439,552 @@
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Philippe de Girard</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique Antonin Artaud</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
+    <x:t>Bac pro métiers de l'électricité et de ses environnements connectés (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Régional de la Bourse du Travail - CFA Régional de la Bourse du Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFBT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Immotique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec des Métiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Btp Cfa Provence Alpes Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Btp Cfa Provence Alpes Côte d'Azur - Var</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel La Floride</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association Ouvrière des Compagnons du Devoir du Tour de France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AOCDTF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association Ouvrière des Compagnons du Devoir du Tour de France - Antenne Marseille - CFA Régional des Compagnons du Devoir Paca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-12e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée des Métiers Louis Martin Bret</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Alpes et Durance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMBRUN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac pro métiers de l'électricité et de ses environnements connectés</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>bac pro métiers de l'électricité et de ses environnements connectés</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent de la Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP J Moulin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Adam de Craponne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Alpes et Durance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP la Floride</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pôle Ecoles Méditerranée - Ecoles des apprentis de la Marine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Costebelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Saint-Éloi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO St-Eloi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Léon Chiris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jean-Henri Fabre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP les Eucalyptus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP A Hutinel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES LA BOCCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP École libre des métiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Ecole libre des métiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Golf-Hôtel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP P Latécoère</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée de la montagne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALDEBLORE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Paul Langevin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE SUR MER CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP P Mendès-France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VEYNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Ampère</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP L Martin Bret</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP St-Henri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Ch Privat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée du Val d'Argens</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE MUY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPTR de L'Estaque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée P de Girard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO La Salle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée G Cisson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Pierre et Marie Curie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MENTON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP F Revoul</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALREAS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Alphonse Benoît</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L ISLE SUR LA SORGUE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP J Dolle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Galliéni Fréjus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Paul Langevin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Vauban</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP L Blériot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAC PRO MELEC - Métiers de l'Electricité et de ses Environnements Connectés</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS maintenance des systèmes option A : systèmes de production</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent d'altitude - Suzanne Joulié Roos</x:t>
   </x:si>
   <x:si>
     <x:t>05105</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent d'altitude</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée L Pasquet</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée P de Girard</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent Les Iscles</x:t>
   </x:si>
   <x:si>
     <x:t>BTS électrotechnique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Tecnologique Marie-Madeleine Fourcade</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Centre Régional de la Bourse du Travail - CFA Régional de la Bourse du Travail</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Lycée Polyvalent Jean Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Alphonse Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>84800</x:t>
   </x:si>
   <x:si>
-    <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Api 84 - Cfai 84 - Nextech - Antenne Pertuis</x:t>
   </x:si>
   <x:si>
     <x:t>84120</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Alfred Hutinel</x:t>
   </x:si>
   <x:si>
-    <x:t>06150</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Electrotechnique ( à partir de la rentrée 2025)</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS électrotechnique</x:t>
   </x:si>
   <x:si>
-    <x:t>LPO La Salle</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Rempart-Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent Alphonse Benoît</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent Marie-Madeleine Fourcade</x:t>
   </x:si>
   <x:si>
-    <x:t>LPO Don Bosco</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Electrotechnique</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BP électricien (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Btp Cfa Provence Alpes Côte d'Azur</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Aix en Provence</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Avignon Florentin Mouret</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Digne les Bains</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Antibes Max Fiorini</x:t>
   </x:si>
   <x:si>
-    <x:t>Btp Cfa Provence Alpes Côte d'Azur - Var</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>09/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Professionnel La Floride</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
-  </x:si>
-[...238 lines deleted...]
-    <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -18825,14882 +18825,14880 @@
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>547618</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>602812</x:v>
+        <x:v>602689</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
+      <x:c r="E295" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G295" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="H295" s="0" t="s">
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>596514</x:v>
+        <x:v>602686</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
-      <x:c r="E296" s="14" t="s"/>
+      <x:c r="E296" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>297</x:v>
-[...1 lines deleted...]
-      <x:c r="H296" s="14" t="s"/>
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="H296" s="14" t="s">
+        <x:v>458</x:v>
+      </x:c>
       <x:c r="I296" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>596517</x:v>
+        <x:v>602688</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
+      <x:c r="E297" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H297" s="0" t="s">
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>596513</x:v>
+        <x:v>609479</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
-      <x:c r="E298" s="14" t="s"/>
+      <x:c r="E298" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>461</x:v>
-[...1 lines deleted...]
-      <x:c r="H298" s="14" t="s"/>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H298" s="14" t="s">
+        <x:v>166</x:v>
+      </x:c>
       <x:c r="I298" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>596516</x:v>
+        <x:v>500946</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
+      <x:c r="E299" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G299" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="H299" s="0" t="s">
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>596515</x:v>
+        <x:v>547068</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
-      <x:c r="E300" s="14" t="s"/>
+      <x:c r="E300" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>465</x:v>
-[...1 lines deleted...]
-      <x:c r="H300" s="14" t="s"/>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H300" s="14" t="s">
+        <x:v>111</x:v>
+      </x:c>
       <x:c r="I300" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>596510</x:v>
+        <x:v>541503</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
+      <x:c r="E301" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>596511</x:v>
+        <x:v>503468</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
-      <x:c r="E302" s="14" t="s"/>
+      <x:c r="E302" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>471</x:v>
-[...1 lines deleted...]
-      <x:c r="H302" s="14" t="s"/>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H302" s="14" t="s">
+        <x:v>166</x:v>
+      </x:c>
       <x:c r="I302" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>596512</x:v>
+        <x:v>605636</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>602243</x:v>
+        <x:v>603946</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I304" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>507323</x:v>
+        <x:v>547675</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>500990</x:v>
+        <x:v>448097</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I306" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>477</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>547086</x:v>
+        <x:v>550198</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>475</x:v>
-[...2 lines deleted...]
-        <x:v>476</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>547088</x:v>
+        <x:v>603945</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="I308" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>479</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>602214</x:v>
+        <x:v>524069</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>609584</x:v>
+        <x:v>550199</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>86</x:v>
-[...1 lines deleted...]
-      <x:c r="H310" s="14" t="s"/>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H310" s="14" t="s">
+        <x:v>166</x:v>
+      </x:c>
       <x:c r="I310" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>602318</x:v>
+        <x:v>550200</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>498691</x:v>
+        <x:v>500934</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>37</x:v>
-[...1 lines deleted...]
-      <x:c r="H312" s="14" t="s"/>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="H312" s="14" t="s">
+        <x:v>178</x:v>
+      </x:c>
       <x:c r="I312" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>493129</x:v>
+        <x:v>552692</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H313" s="0" t="s">
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>558733</x:v>
+        <x:v>541507</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>443</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>558856</x:v>
+        <x:v>541515</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>559072</x:v>
+        <x:v>547069</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>550254</x:v>
+        <x:v>547544</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-        <x:v>166</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>550267</x:v>
+        <x:v>547545</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>432</x:v>
-[...1 lines deleted...]
-      <x:c r="H318" s="14" t="s"/>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H318" s="14" t="s">
+        <x:v>166</x:v>
+      </x:c>
       <x:c r="I318" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>514132</x:v>
+        <x:v>605631</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H319" s="0" t="s">
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>552109</x:v>
+        <x:v>605634</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>67</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>556722</x:v>
+        <x:v>603944</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>556825</x:v>
+        <x:v>500942</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>432</x:v>
-[...1 lines deleted...]
-      <x:c r="H322" s="14" t="s"/>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H322" s="14" t="s">
+        <x:v>111</x:v>
+      </x:c>
       <x:c r="I322" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>514131</x:v>
+        <x:v>455398</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H323" s="0" t="s">
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>547559</x:v>
+        <x:v>455472</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="F324" s="14" t="s"/>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="F324" s="14" t="s">
+        <x:v>105</x:v>
+      </x:c>
       <x:c r="G324" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I324" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>477</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>600491</x:v>
+        <x:v>583834</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
-      <x:c r="E325" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G325" s="0" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-        <x:v>166</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>550264</x:v>
+        <x:v>597504</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
-      <x:c r="E326" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>67</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>602215</x:v>
+        <x:v>597516</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
-      <x:c r="E327" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G327" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>605936</x:v>
+        <x:v>597517</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
-      <x:c r="E328" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>500993</x:v>
+        <x:v>597527</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
-      <x:c r="E329" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G329" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>612718</x:v>
+        <x:v>597530</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
-      <x:c r="E330" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>475</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>498690</x:v>
+        <x:v>597509</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
-      <x:c r="E331" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G331" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>494811</x:v>
+        <x:v>597521</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
-      <x:c r="E332" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>605693</x:v>
+        <x:v>597538</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
-      <x:c r="E333" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G333" s="0" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-        <x:v>166</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>605694</x:v>
+        <x:v>616047</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
-      <x:c r="E334" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>605696</x:v>
+        <x:v>597513</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
-      <x:c r="E335" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G335" s="0" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-        <x:v>166</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>550249</x:v>
+        <x:v>597515</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
-      <x:c r="E336" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>475</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>600493</x:v>
+        <x:v>597520</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
-      <x:c r="E337" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G337" s="0" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-        <x:v>380</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>515636</x:v>
+        <x:v>597526</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
-      <x:c r="E338" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>605695</x:v>
+        <x:v>597528</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
-      <x:c r="E339" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G339" s="0" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-        <x:v>166</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>500991</x:v>
+        <x:v>597531</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
-      <x:c r="E340" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>556502</x:v>
+        <x:v>597508</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
-      <x:c r="E341" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G341" s="0" t="s">
-        <x:v>443</x:v>
-[...2 lines deleted...]
-        <x:v>444</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>602810</x:v>
+        <x:v>597518</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
-      <x:c r="E342" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>605692</x:v>
+        <x:v>597519</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
-      <x:c r="E343" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>375</x:v>
-[...2 lines deleted...]
-        <x:v>376</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>565159</x:v>
+        <x:v>597523</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
-      <x:c r="E344" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>67</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>479</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>547697</x:v>
+        <x:v>597529</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
-      <x:c r="E345" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G345" s="0" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-        <x:v>166</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>500992</x:v>
+        <x:v>597532</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
-      <x:c r="E346" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>556501</x:v>
+        <x:v>597535</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
-      <x:c r="E347" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G347" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>547818</x:v>
+        <x:v>597503</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
-      <x:c r="E348" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>550259</x:v>
+        <x:v>597505</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
-      <x:c r="E349" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G349" s="0" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-        <x:v>380</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>515635</x:v>
+        <x:v>597510</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
-      <x:c r="E350" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>443</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>602811</x:v>
+        <x:v>597511</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
-      <x:c r="E351" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G351" s="0" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-        <x:v>166</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>500994</x:v>
+        <x:v>597525</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
-      <x:c r="E352" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>375</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>502524</x:v>
+        <x:v>597534</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-        <x:v>380</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>587893</x:v>
+        <x:v>597537</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
-      <x:c r="E354" s="14" t="s"/>
-      <x:c r="F354" s="14" t="s"/>
+      <x:c r="E354" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="F354" s="14" t="s">
+        <x:v>105</x:v>
+      </x:c>
       <x:c r="G354" s="14" t="s">
-        <x:v>86</x:v>
-[...1 lines deleted...]
-      <x:c r="H354" s="14" t="s"/>
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="H354" s="14" t="s">
+        <x:v>376</x:v>
+      </x:c>
       <x:c r="I354" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>588515</x:v>
+        <x:v>583833</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>587889</x:v>
+        <x:v>597539</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>67</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>587892</x:v>
+        <x:v>597501</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>587890</x:v>
+        <x:v>597514</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>587895</x:v>
+        <x:v>597502</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>587896</x:v>
+        <x:v>597506</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>598895</x:v>
+        <x:v>597507</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>612999</x:v>
+        <x:v>597512</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>587897</x:v>
+        <x:v>597522</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
-        <x:v>375</x:v>
-[...2 lines deleted...]
-        <x:v>376</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>587898</x:v>
+        <x:v>597524</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>613000</x:v>
+        <x:v>597533</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-        <x:v>380</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>587891</x:v>
+        <x:v>597536</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>67</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>587894</x:v>
+        <x:v>493581</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>594156</x:v>
+        <x:v>493582</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>594153</x:v>
+        <x:v>540866</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H369" s="0" t="s">
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>594145</x:v>
+        <x:v>541918</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>594146</x:v>
+        <x:v>554768</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>594152</x:v>
+        <x:v>543691</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>594148</x:v>
+        <x:v>543688</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="H373" s="0" t="s">
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>594155</x:v>
+        <x:v>613004</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>297</x:v>
-[...1 lines deleted...]
-      <x:c r="H374" s="14" t="s"/>
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="H374" s="14" t="s">
+        <x:v>376</x:v>
+      </x:c>
       <x:c r="I374" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>594149</x:v>
+        <x:v>606234</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>594154</x:v>
+        <x:v>540889</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>594150</x:v>
+        <x:v>588521</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>594151</x:v>
+        <x:v>572005</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
-      <x:c r="E378" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E378" s="14" t="s"/>
+      <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>60</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>583863</x:v>
+        <x:v>540886</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-        <x:v>380</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>509242</x:v>
+        <x:v>517898</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>86</x:v>
-[...1 lines deleted...]
-      <x:c r="H380" s="14" t="s"/>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H380" s="14" t="s">
+        <x:v>380</x:v>
+      </x:c>
       <x:c r="I380" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>543637</x:v>
+        <x:v>540881</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-        <x:v>380</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>548627</x:v>
+        <x:v>597591</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>37</x:v>
-[...1 lines deleted...]
-      <x:c r="H382" s="14" t="s"/>
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="H382" s="14" t="s">
+        <x:v>376</x:v>
+      </x:c>
       <x:c r="I382" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>550631</x:v>
+        <x:v>570882</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>587887</x:v>
+        <x:v>616126</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>67</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>541903</x:v>
+        <x:v>543689</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>493595</x:v>
+        <x:v>500270</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="H386" s="14" t="s"/>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H386" s="14" t="s">
+        <x:v>380</x:v>
+      </x:c>
       <x:c r="I386" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>582019</x:v>
+        <x:v>473402</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-        <x:v>380</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>509241</x:v>
+        <x:v>540883</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>489415</x:v>
+        <x:v>597590</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>514</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
+      <x:c r="E389" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G389" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="H389" s="0" t="s">
+        <x:v>444</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>542496</x:v>
+        <x:v>602812</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>551763</x:v>
+        <x:v>596514</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
-        <x:v>375</x:v>
-[...2 lines deleted...]
-        <x:v>376</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>556585</x:v>
+        <x:v>596517</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>67</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>585529</x:v>
+        <x:v>596513</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>494731</x:v>
+        <x:v>596516</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>587888</x:v>
+        <x:v>596515</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
-        <x:v>375</x:v>
-[...2 lines deleted...]
-        <x:v>376</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>514432</x:v>
+        <x:v>596510</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>587886</x:v>
+        <x:v>596511</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>557457</x:v>
+        <x:v>596512</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
-      <x:c r="E398" s="14" t="s"/>
+      <x:c r="E398" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>611947</x:v>
+        <x:v>602243</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
+      <x:c r="E399" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>585530</x:v>
+        <x:v>507323</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
-        <x:v>38880</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>516</x:v>
-[...1 lines deleted...]
-      <x:c r="H400" s="14" t="s"/>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H400" s="14" t="s">
+        <x:v>166</x:v>
+      </x:c>
       <x:c r="I400" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>517</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>503109</x:v>
+        <x:v>500990</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>518</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="H401" s="0" t="s">
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>548260</x:v>
+        <x:v>547086</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
-        <x:v>38880</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>502271</x:v>
+        <x:v>547088</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>552788</x:v>
+        <x:v>602214</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
-        <x:v>38880</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>516</x:v>
-[...1 lines deleted...]
-      <x:c r="H404" s="14" t="s"/>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H404" s="14" t="s">
+        <x:v>111</x:v>
+      </x:c>
       <x:c r="I404" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>503580</x:v>
+        <x:v>609584</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>518</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="E405" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>604029</x:v>
+        <x:v>602318</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
-        <x:v>38880</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>516</x:v>
-[...1 lines deleted...]
-      <x:c r="H406" s="14" t="s"/>
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="H406" s="14" t="s">
+        <x:v>458</x:v>
+      </x:c>
       <x:c r="I406" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>548346</x:v>
+        <x:v>498691</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="E407" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
-        <x:v>475</x:v>
-[...2 lines deleted...]
-        <x:v>476</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>498685</x:v>
+        <x:v>493129</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
-        <x:v>38880</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>475</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>547080</x:v>
+        <x:v>558733</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="H409" s="0" t="s">
+        <x:v>444</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>503223</x:v>
+        <x:v>558856</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
-        <x:v>38880</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>516</x:v>
-[...1 lines deleted...]
-      <x:c r="H410" s="14" t="s"/>
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="H410" s="14" t="s">
+        <x:v>376</x:v>
+      </x:c>
       <x:c r="I410" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>603183</x:v>
+        <x:v>559072</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="E411" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H411" s="0" t="s">
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>603323</x:v>
+        <x:v>550254</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
-        <x:v>38880</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>600487</x:v>
+        <x:v>550267</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="E413" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>603951</x:v>
+        <x:v>514132</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
-        <x:v>38880</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
-        <x:v>177</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>604710</x:v>
+        <x:v>552109</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H415" s="0" t="s">
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>548193</x:v>
+        <x:v>556722</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
-        <x:v>38880</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
-        <x:v>516</x:v>
-[...1 lines deleted...]
-      <x:c r="H416" s="14" t="s"/>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H416" s="14" t="s">
+        <x:v>111</x:v>
+      </x:c>
       <x:c r="I416" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>503486</x:v>
+        <x:v>556825</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>518</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="E417" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>503322</x:v>
+        <x:v>514131</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
-        <x:v>38880</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>517</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>603118</x:v>
+        <x:v>547559</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="E419" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="H419" s="0" t="s">
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>548313</x:v>
+        <x:v>600491</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
-        <x:v>38880</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>516</x:v>
-[...1 lines deleted...]
-      <x:c r="H420" s="14" t="s"/>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H420" s="14" t="s">
+        <x:v>166</x:v>
+      </x:c>
       <x:c r="I420" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>517</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>548397</x:v>
+        <x:v>550264</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H421" s="0" t="s">
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>548294</x:v>
+        <x:v>602215</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>605633</x:v>
+        <x:v>605936</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="E423" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H423" s="0" t="s">
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>556505</x:v>
+        <x:v>500993</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>531</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>605968</x:v>
+        <x:v>612718</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="H425" s="0" t="s">
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>541509</x:v>
+        <x:v>498690</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>541519</x:v>
+        <x:v>494811</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>556822</x:v>
+        <x:v>605693</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I428" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>550201</x:v>
+        <x:v>605694</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
-        <x:v>25353</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>451213</x:v>
+        <x:v>605696</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I430" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>556784</x:v>
+        <x:v>550249</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
-        <x:v>25353</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="E431" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>451211</x:v>
+        <x:v>600493</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I432" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>498668</x:v>
+        <x:v>515636</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="E433" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>547067</x:v>
+        <x:v>605695</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I434" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>500930</x:v>
+        <x:v>500991</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="E435" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>605967</x:v>
+        <x:v>556502</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
-        <x:v>86</x:v>
-[...1 lines deleted...]
-      <x:c r="H436" s="14" t="s"/>
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="H436" s="14" t="s">
+        <x:v>444</x:v>
+      </x:c>
       <x:c r="I436" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>547832</x:v>
+        <x:v>602810</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="E437" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H437" s="0" t="s">
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>604613</x:v>
+        <x:v>605692</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I438" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>550202</x:v>
+        <x:v>565159</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="E439" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H439" s="0" t="s">
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>548295</x:v>
+        <x:v>547697</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
-        <x:v>516</x:v>
-[...1 lines deleted...]
-      <x:c r="H440" s="14" t="s"/>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H440" s="14" t="s">
+        <x:v>166</x:v>
+      </x:c>
       <x:c r="I440" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>548296</x:v>
+        <x:v>500992</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="E441" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
-        <x:v>110</x:v>
-[...2 lines deleted...]
-        <x:v>111</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>609583</x:v>
+        <x:v>556501</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
-        <x:v>500928</x:v>
+        <x:v>547818</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="E443" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>500938</x:v>
+        <x:v>550259</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I444" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>605632</x:v>
+        <x:v>515635</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="E445" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>605635</x:v>
+        <x:v>602811</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I446" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>501884</x:v>
+        <x:v>500994</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="E447" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>547674</x:v>
+        <x:v>502524</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
-        <x:v>25353</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
-      <x:c r="E448" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I448" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>451215</x:v>
+        <x:v>587893</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>534</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
-        <x:v>25353</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
-      <x:c r="E449" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G449" s="0" t="s">
-        <x:v>475</x:v>
-[...2 lines deleted...]
-        <x:v>476</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>452330</x:v>
+        <x:v>588515</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
-        <x:v>25353</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
-      <x:c r="E450" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
-        <x:v>177</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>448547</x:v>
+        <x:v>587889</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>534</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
-        <x:v>25353</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
-      <x:c r="E451" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G451" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H451" s="0" t="s">
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>449001</x:v>
+        <x:v>587892</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
-      <x:c r="E452" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>550203</x:v>
+        <x:v>587890</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
-      <x:c r="E453" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G453" s="0" t="s">
-        <x:v>177</x:v>
-[...2 lines deleted...]
-        <x:v>178</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>607522</x:v>
+        <x:v>587895</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
-      <x:c r="E454" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>503476</x:v>
+        <x:v>587896</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>518</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
-        <x:v>543</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
-      <x:c r="E455" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G455" s="0" t="s">
-        <x:v>475</x:v>
-[...2 lines deleted...]
-        <x:v>476</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>602689</x:v>
+        <x:v>598895</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
-      <x:c r="E456" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>475</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>602686</x:v>
+        <x:v>612999</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
-      <x:c r="E457" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G457" s="0" t="s">
-        <x:v>475</x:v>
-[...2 lines deleted...]
-        <x:v>476</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>602688</x:v>
+        <x:v>587897</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
-      <x:c r="E458" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I458" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>609479</x:v>
+        <x:v>587898</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
-      <x:c r="E459" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G459" s="0" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-        <x:v>166</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>500946</x:v>
+        <x:v>613000</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
-      <x:c r="E460" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I460" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>547068</x:v>
+        <x:v>587891</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
-      <x:c r="E461" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G461" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H461" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>541503</x:v>
+        <x:v>587894</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
-      <x:c r="E462" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>503468</x:v>
+        <x:v>594156</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>518</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
-      <x:c r="E463" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G463" s="0" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-        <x:v>166</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>605636</x:v>
+        <x:v>594153</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
-      <x:c r="E464" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>603946</x:v>
+        <x:v>594145</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
-      <x:c r="E465" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G465" s="0" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-        <x:v>380</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>547675</x:v>
+        <x:v>594146</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
-        <x:v>25353</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
-      <x:c r="E466" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>544</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
-        <x:v>546</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>448097</x:v>
+        <x:v>594152</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>550</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
-      <x:c r="E467" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G467" s="0" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-        <x:v>166</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>550198</x:v>
+        <x:v>594148</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
-      <x:c r="E468" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>603945</x:v>
+        <x:v>594155</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
-      <x:c r="E469" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G469" s="0" t="s">
-        <x:v>544</x:v>
-[...2 lines deleted...]
-        <x:v>545</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
-        <x:v>546</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>524069</x:v>
+        <x:v>594149</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
-      <x:c r="E470" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>550199</x:v>
+        <x:v>594154</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
-      <x:c r="E471" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G471" s="0" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-        <x:v>166</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>550200</x:v>
+        <x:v>594150</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
-      <x:c r="E472" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>500934</x:v>
+        <x:v>594151</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="F473" s="0" t="s">
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>552692</x:v>
+        <x:v>583863</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
-      <x:c r="E474" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I474" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>541507</x:v>
+        <x:v>509242</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
-      <x:c r="E475" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G475" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>541515</x:v>
+        <x:v>543637</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
-      <x:c r="E476" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I476" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>547069</x:v>
+        <x:v>548627</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
-      <x:c r="E477" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G477" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>547544</x:v>
+        <x:v>550631</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
-      <x:c r="E478" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>547545</x:v>
+        <x:v>587887</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
-      <x:c r="E479" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>605631</x:v>
+        <x:v>541903</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
-      <x:c r="E480" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>605634</x:v>
+        <x:v>493595</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
-      <x:c r="E481" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G481" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>603944</x:v>
+        <x:v>582019</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
-      <x:c r="E482" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I482" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>500942</x:v>
+        <x:v>509241</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
-        <x:v>25353</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
-      <x:c r="E483" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G483" s="0" t="s">
-        <x:v>110</x:v>
-[...2 lines deleted...]
-        <x:v>111</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>455398</x:v>
+        <x:v>489415</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
-        <x:v>25353</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
-      <x:c r="E484" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
-        <x:v>110</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>455472</x:v>
+        <x:v>542496</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>534</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
-      <x:c r="E485" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G485" s="0" t="s">
-        <x:v>375</x:v>
-[...2 lines deleted...]
-        <x:v>376</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>583834</x:v>
+        <x:v>551763</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
-        <x:v>556</x:v>
-[...1 lines deleted...]
-      <x:c r="H486" s="14" t="s"/>
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="H486" s="14" t="s">
+        <x:v>376</x:v>
+      </x:c>
       <x:c r="I486" s="16" t="s">
-        <x:v>557</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
-        <x:v>556</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
-        <x:v>557</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>477</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>597504</x:v>
+        <x:v>556585</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H487" s="0" t="s">
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>597516</x:v>
+        <x:v>585529</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>597517</x:v>
+        <x:v>494731</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>597527</x:v>
+        <x:v>587888</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
-        <x:v>561</x:v>
-[...1 lines deleted...]
-      <x:c r="H490" s="14" t="s"/>
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="H490" s="14" t="s">
+        <x:v>376</x:v>
+      </x:c>
       <x:c r="I490" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>597530</x:v>
+        <x:v>514432</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>597509</x:v>
+        <x:v>587886</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>597521</x:v>
+        <x:v>557457</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>597538</x:v>
+        <x:v>611947</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
-        <x:v>563</x:v>
-[...1 lines deleted...]
-      <x:c r="H494" s="14" t="s"/>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H494" s="14" t="s">
+        <x:v>380</x:v>
+      </x:c>
       <x:c r="I494" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>616047</x:v>
+        <x:v>585530</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
+      <x:c r="E495" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G495" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
-        <x:v>567</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
-        <x:v>567</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>597513</x:v>
+        <x:v>503109</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
-      <x:c r="E496" s="14" t="s"/>
+      <x:c r="E496" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>597515</x:v>
+        <x:v>548260</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
+      <x:c r="E497" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G497" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="H497" s="0" t="s">
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>597520</x:v>
+        <x:v>502271</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
-      <x:c r="E498" s="14" t="s"/>
+      <x:c r="E498" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
-        <x:v>569</x:v>
-[...1 lines deleted...]
-      <x:c r="H498" s="14" t="s"/>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="H498" s="14" t="s">
+        <x:v>178</x:v>
+      </x:c>
       <x:c r="I498" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
-        <x:v>571</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>597526</x:v>
+        <x:v>552788</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
+      <x:c r="E499" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G499" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>597528</x:v>
+        <x:v>503580</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
-      <x:c r="E500" s="14" t="s"/>
+      <x:c r="E500" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>597531</x:v>
+        <x:v>604029</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
+      <x:c r="E501" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G501" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>597508</x:v>
+        <x:v>548346</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
-      <x:c r="E502" s="14" t="s"/>
+      <x:c r="E502" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
-        <x:v>577</x:v>
-[...1 lines deleted...]
-      <x:c r="H502" s="14" t="s"/>
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="H502" s="14" t="s">
+        <x:v>458</x:v>
+      </x:c>
       <x:c r="I502" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>597518</x:v>
+        <x:v>498685</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
+      <x:c r="E503" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G503" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="H503" s="0" t="s">
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>597519</x:v>
+        <x:v>547080</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
-      <x:c r="E504" s="14" t="s"/>
+      <x:c r="E504" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>597523</x:v>
+        <x:v>503223</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
+      <x:c r="E505" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G505" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>597529</x:v>
+        <x:v>603183</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
-      <x:c r="E506" s="14" t="s"/>
+      <x:c r="E506" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>597532</x:v>
+        <x:v>603323</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
+      <x:c r="E507" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G507" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="H507" s="0" t="s">
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
-        <x:v>585</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
-        <x:v>585</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>597535</x:v>
+        <x:v>600487</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
-      <x:c r="E508" s="14" t="s"/>
+      <x:c r="E508" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
-        <x:v>587</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
-        <x:v>587</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>597503</x:v>
+        <x:v>603951</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
+      <x:c r="E509" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G509" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="H509" s="0" t="s">
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>597505</x:v>
+        <x:v>604710</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
-      <x:c r="E510" s="14" t="s"/>
+      <x:c r="E510" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
-        <x:v>591</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
-        <x:v>591</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>597510</x:v>
+        <x:v>548193</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
+      <x:c r="E511" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G511" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
-        <x:v>597511</x:v>
+        <x:v>503486</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
-      <x:c r="E512" s="14" t="s"/>
+      <x:c r="E512" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
-        <x:v>595</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
-        <x:v>596</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
-        <x:v>595</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
-        <x:v>596</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
-        <x:v>597</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>597525</x:v>
+        <x:v>503322</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
+      <x:c r="E513" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G513" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>597534</x:v>
+        <x:v>603118</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
-      <x:c r="E514" s="14" t="s"/>
+      <x:c r="E514" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
-        <x:v>463</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
-        <x:v>463</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>597537</x:v>
+        <x:v>548313</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="E515" s="0" t="s">
-        <x:v>104</x:v>
-[...2 lines deleted...]
-        <x:v>105</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
-        <x:v>375</x:v>
-[...2 lines deleted...]
-        <x:v>376</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>583833</x:v>
+        <x:v>548397</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
-      <x:c r="E516" s="14" t="s"/>
+      <x:c r="E516" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
-        <x:v>499</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
-        <x:v>499</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>597539</x:v>
+        <x:v>548294</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
+      <x:c r="E517" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G517" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H517" s="0" t="s">
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>597501</x:v>
+        <x:v>605633</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
-      <x:c r="E518" s="14" t="s"/>
+      <x:c r="E518" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
-        <x:v>602</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
-        <x:v>603</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
-        <x:v>602</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
-        <x:v>603</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
-        <x:v>604</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>597514</x:v>
+        <x:v>556505</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
+      <x:c r="E519" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G519" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
-        <x:v>606</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
-        <x:v>606</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
-        <x:v>607</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
-        <x:v>597502</x:v>
+        <x:v>605968</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
-      <x:c r="E520" s="14" t="s"/>
+      <x:c r="E520" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
-        <x:v>597506</x:v>
+        <x:v>541509</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
+      <x:c r="E521" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G521" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
-        <x:v>597507</x:v>
+        <x:v>541519</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
-      <x:c r="E522" s="14" t="s"/>
+      <x:c r="E522" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
-        <x:v>609</x:v>
-[...1 lines deleted...]
-      <x:c r="H522" s="14" t="s"/>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H522" s="14" t="s">
+        <x:v>111</x:v>
+      </x:c>
       <x:c r="I522" s="16" t="s">
-        <x:v>610</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K522" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
-        <x:v>610</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
-        <x:v>611</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
-        <x:v>597512</x:v>
+        <x:v>556822</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
+      <x:c r="E523" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G523" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H523" s="0" t="s">
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
-        <x:v>597522</x:v>
+        <x:v>550201</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
-      <x:c r="E524" s="14" t="s"/>
+      <x:c r="E524" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
-        <x:v>615</x:v>
-[...1 lines deleted...]
-      <x:c r="H524" s="14" t="s"/>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H524" s="14" t="s">
+        <x:v>166</x:v>
+      </x:c>
       <x:c r="I524" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
-        <x:v>616</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
-        <x:v>597524</x:v>
+        <x:v>451213</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
+      <x:c r="E525" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G525" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H525" s="0" t="s">
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
-        <x:v>597533</x:v>
+        <x:v>556784</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
-      <x:c r="E526" s="14" t="s"/>
+      <x:c r="E526" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
-        <x:v>619</x:v>
-[...1 lines deleted...]
-      <x:c r="H526" s="14" t="s"/>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H526" s="14" t="s">
+        <x:v>166</x:v>
+      </x:c>
       <x:c r="I526" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K526" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
-        <x:v>619</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
-        <x:v>597536</x:v>
+        <x:v>451211</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
-        <x:v>25353</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
+      <x:c r="E527" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G527" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="H527" s="0" t="s">
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
-        <x:v>493581</x:v>
+        <x:v>498668</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
-        <x:v>620</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
-        <x:v>25353</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
-      <x:c r="E528" s="14" t="s"/>
+      <x:c r="E528" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="H528" s="14" t="s"/>
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="H528" s="14" t="s">
+        <x:v>458</x:v>
+      </x:c>
       <x:c r="I528" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K528" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
-        <x:v>493582</x:v>
+        <x:v>547067</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
+      <x:c r="E529" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G529" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H529" s="0" t="s">
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
-        <x:v>540866</x:v>
+        <x:v>500930</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
-        <x:v>620</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
-      <x:c r="E530" s="14" t="s"/>
+      <x:c r="E530" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
-        <x:v>67</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H530" s="14" t="s"/>
       <x:c r="I530" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K530" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
-        <x:v>541918</x:v>
+        <x:v>605967</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
+      <x:c r="E531" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G531" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
-        <x:v>554768</x:v>
+        <x:v>547832</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
-        <x:v>620</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
-      <x:c r="E532" s="14" t="s"/>
+      <x:c r="E532" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s"/>
       <x:c r="I532" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K532" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
-        <x:v>543691</x:v>
+        <x:v>604613</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D533" s="3" t="s"/>
+      <x:c r="E533" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G533" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H533" s="0" t="s">
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
-        <x:v>543688</x:v>
+        <x:v>550202</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
-        <x:v>620</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D534" s="15" t="s"/>
-      <x:c r="E534" s="14" t="s"/>
+      <x:c r="E534" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
-        <x:v>375</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="H534" s="14" t="s"/>
       <x:c r="I534" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K534" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
-        <x:v>552</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
-        <x:v>613004</x:v>
+        <x:v>548295</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
-        <x:v>554</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
+      <x:c r="E535" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G535" s="0" t="s">
-        <x:v>375</x:v>
-[...2 lines deleted...]
-        <x:v>376</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
-        <x:v>606234</x:v>
+        <x:v>548296</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
-        <x:v>620</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
-      <x:c r="E536" s="14" t="s"/>
+      <x:c r="E536" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
-        <x:v>86</x:v>
-[...1 lines deleted...]
-      <x:c r="H536" s="14" t="s"/>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H536" s="14" t="s">
+        <x:v>111</x:v>
+      </x:c>
       <x:c r="I536" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
-        <x:v>540889</x:v>
+        <x:v>609583</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
+      <x:c r="E537" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G537" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H537" s="0" t="s">
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
-        <x:v>588521</x:v>
+        <x:v>500928</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
-        <x:v>620</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
-      <x:c r="E538" s="14" t="s"/>
+      <x:c r="E538" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
-        <x:v>284</x:v>
-[...1 lines deleted...]
-      <x:c r="H538" s="14" t="s"/>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H538" s="14" t="s">
+        <x:v>166</x:v>
+      </x:c>
       <x:c r="I538" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K538" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
-        <x:v>572005</x:v>
+        <x:v>500938</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
-        <x:v>622</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
+      <x:c r="E539" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G539" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H539" s="0" t="s">
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
-        <x:v>540886</x:v>
+        <x:v>605632</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
-        <x:v>620</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
-        <x:v>25353</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
-      <x:c r="E540" s="14" t="s"/>
+      <x:c r="E540" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
-        <x:v>284</x:v>
-[...1 lines deleted...]
-      <x:c r="H540" s="14" t="s"/>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H540" s="14" t="s">
+        <x:v>166</x:v>
+      </x:c>
       <x:c r="I540" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
-        <x:v>517898</x:v>
+        <x:v>605635</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
-        <x:v>530</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
+      <x:c r="E541" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G541" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H541" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
-        <x:v>540881</x:v>
+        <x:v>501884</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
-        <x:v>620</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
-      <x:c r="E542" s="14" t="s"/>
+      <x:c r="E542" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="H542" s="14" t="s"/>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H542" s="14" t="s">
+        <x:v>380</x:v>
+      </x:c>
       <x:c r="I542" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
-        <x:v>597591</x:v>
+        <x:v>547674</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
+      <x:c r="E543" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G543" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H543" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
-        <x:v>570882</x:v>
+        <x:v>451215</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
-        <x:v>621</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
-        <x:v>623</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
-        <x:v>620</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
-      <x:c r="E544" s="14" t="s"/>
+      <x:c r="E544" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
-        <x:v>284</x:v>
-[...1 lines deleted...]
-      <x:c r="H544" s="14" t="s"/>
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="H544" s="14" t="s">
+        <x:v>458</x:v>
+      </x:c>
       <x:c r="I544" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K544" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
-        <x:v>616126</x:v>
+        <x:v>452330</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
+      <x:c r="E545" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G545" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="H545" s="0" t="s">
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
-        <x:v>543689</x:v>
+        <x:v>448547</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
-        <x:v>620</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
-      <x:c r="E546" s="14" t="s"/>
+      <x:c r="E546" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
-        <x:v>500270</x:v>
+        <x:v>449001</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
-        <x:v>25353</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D547" s="3" t="s"/>
+      <x:c r="E547" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G547" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H547" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
-        <x:v>473402</x:v>
+        <x:v>550203</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
-        <x:v>620</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
-      <x:c r="E548" s="14" t="s"/>
+      <x:c r="E548" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="H548" s="14" t="s"/>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="H548" s="14" t="s">
+        <x:v>178</x:v>
+      </x:c>
       <x:c r="I548" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K548" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
-        <x:v>540883</x:v>
+        <x:v>607522</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
+      <x:c r="E549" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G549" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
-        <x:v>597590</x:v>
+        <x:v>503476</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>623</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>