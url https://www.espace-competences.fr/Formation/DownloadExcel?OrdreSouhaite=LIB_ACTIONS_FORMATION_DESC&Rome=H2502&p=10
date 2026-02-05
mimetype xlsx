--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -2107,147 +2107,147 @@
       <x:c r="R8" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>591933</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>591931</x:v>
+        <x:v>591934</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>591934</x:v>
+        <x:v>591931</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -2731,139 +2731,139 @@
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>574994</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>591993</x:v>
+        <x:v>591994</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>591994</x:v>
+        <x:v>591993</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38691</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
@@ -6957,117 +6957,117 @@
       <x:c r="G93" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>616027</x:v>
+        <x:v>616026</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38412</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>616026</x:v>
+        <x:v>616027</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>40179</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
@@ -9321,142 +9321,143 @@
         <x:v>170</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>591177</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H135" s="0" t="s">
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>588504</x:v>
+        <x:v>591178</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>168</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>591178</x:v>
+        <x:v>588504</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>121</x:v>
@@ -9973,159 +9974,160 @@
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>603419</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>35352</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
+      <x:c r="H147" s="0" t="s">
+        <x:v>140</x:v>
+      </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>596950</x:v>
+        <x:v>603933</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>35352</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="H148" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>603933</x:v>
+        <x:v>596950</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>330</x:v>
       </x:c>