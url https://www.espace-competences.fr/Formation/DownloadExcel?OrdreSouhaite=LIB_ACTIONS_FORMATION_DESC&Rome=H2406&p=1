--- v0 (2025-12-15)
+++ v1 (2026-03-20)
@@ -185,123 +185,123 @@
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Recherches chromatiques avancées</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Motifs et impressions textiles en couleur végétale</x:t>
   </x:si>
   <x:si>
-    <x:t>11/16/2026 00:00:00</x:t>
-[...8 lines deleted...]
-    <x:t>03/06/2026 00:00:00</x:t>
+    <x:t>11/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kakishibu, recherches et applications au Japon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teinture textile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Initiation au Shibori</x:t>
   </x:si>
   <x:si>
     <x:t>Textile</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Initiation à la teinture végétale 2 jours</x:t>
+    <x:t>Initiation à la teinture végétale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/28/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>07/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Initiation à la teinture végétale</x:t>
-[...26 lines deleted...]
-    <x:t>10/09/2026 00:00:00</x:t>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Indigo, gestion des nuances et des finitions sur grands formats</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Indigo, extraction et utilisation</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
@@ -1062,535 +1062,535 @@
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
         <x:v>611685</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s"/>
       <x:c r="K6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
-        <x:v>21625</x:v>
+        <x:v>21606</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>611683</x:v>
+        <x:v>618092</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>21654</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>611690</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
-        <x:v>21625</x:v>
+        <x:v>21606</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>611693</x:v>
+        <x:v>611721</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>21625</x:v>
+        <x:v>21606</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>611691</x:v>
+        <x:v>611724</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s"/>
       <x:c r="K10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
-        <x:v>21625</x:v>
+        <x:v>21606</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>611692</x:v>
+        <x:v>611723</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>21606</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>611725</x:v>
+        <x:v>611691</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>21606</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>611724</x:v>
+        <x:v>611693</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>21606</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>611721</x:v>
+        <x:v>611692</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>21606</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>611723</x:v>
+        <x:v>616054</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>21606</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>611710</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
@@ -1599,51 +1599,51 @@
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>21606</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>611709</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">