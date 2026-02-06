--- v0 (2026-02-06)
+++ v1 (2026-02-06)
@@ -395,75 +395,75 @@
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84009</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Avignon - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/15/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CAP ébéniste</x:t>
   </x:si>
   <x:si>
+    <x:t>10/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 01</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>08/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP G Poinso-Chapuis</x:t>
   </x:si>
   <x:si>
     <x:t>13272</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Denis Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Ebéniste</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
@@ -1590,110 +1590,110 @@
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>45560</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>605338</x:v>
+        <x:v>581959</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>45560</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>581959</x:v>
+        <x:v>605338</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
@@ -2362,211 +2362,211 @@
       <x:c r="S24" s="14" t="n">
         <x:v>552762</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>37538</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>99</x:v>
-[...2 lines deleted...]
-        <x:v>100</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>45582</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>607551</x:v>
+        <x:v>599849</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37538</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>45582</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>607552</x:v>
+        <x:v>607551</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>37538</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H27" s="0" t="s">
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>45582</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>503256</x:v>
+        <x:v>607552</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37538</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
@@ -2575,225 +2575,225 @@
       <x:c r="K28" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>45582</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>603210</x:v>
+        <x:v>503256</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37538</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>45582</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>599849</x:v>
+        <x:v>603210</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37538</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>45582</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q30" s="16" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="R30" s="14" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="S30" s="14" t="n">
+        <x:v>591260</x:v>
+      </x:c>
+      <x:c r="T30" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="Q30" s="16" t="s">
+      <x:c r="U30" s="16" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37538</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>45582</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>591260</x:v>
+        <x:v>592230</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37538</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -2857,54 +2857,54 @@
       <x:c r="L33" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>45582</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>591259</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37538</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -3832,168 +3832,168 @@
       <x:c r="K50" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>45582</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>615952</x:v>
+        <x:v>593051</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37494</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>45582</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>593051</x:v>
+        <x:v>593052</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37494</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>45582</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>593052</x:v>
+        <x:v>615952</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37494</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -4065,51 +4065,51 @@
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>45582</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>599705</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37494</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>44</x:v>
       </x:c>