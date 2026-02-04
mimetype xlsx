--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -437,71 +437,71 @@
   <x:si>
     <x:t>Manager des risques QHSE (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formeo 83</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Qualité hygiène sécurité environnement</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formaseq</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formaseq</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ip Seq</x:t>
   </x:si>
   <x:si>
     <x:t>Ip Seq - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des risques QHSE</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
@@ -536,95 +536,95 @@
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>Maintenir et actualiser les compétences acteur en Sauvetage Secourisme du Travail (SST) - PRS002</x:t>
   </x:si>
   <x:si>
     <x:t>Accident travail maladie professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUGET-SUR-ARGENS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>PUGET-SUR-ARGENS</x:t>
-[...8 lines deleted...]
-    <x:t>02/11/2026 00:00:00</x:t>
+    <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/11/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
@@ -722,107 +722,107 @@
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/07/2026 00:00:00</x:t>
-[...8 lines deleted...]
-    <x:t>04/24/2026 00:00:00</x:t>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/16/2026 00:00:00</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention qualité, hygiène, sécurité, santé, environnement parcours systèmes de management QHSE en filière viti-vinicole</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
@@ -893,68 +893,68 @@
   <x:si>
     <x:t>Génie chimique</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention bio-industries et biotechnologies parcours sécurité, qualité et microbiologie en industries agroalimentaires</x:t>
   </x:si>
   <x:si>
     <x:t>Méthode physico-chimique analyse</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention bio-industries et biotechnologies parcours biotechnologie, immunologie</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention bio-industries et biotechnologies</x:t>
   </x:si>
   <x:si>
+    <x:t>13288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
-    <x:t>13288</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>licence mention sciences pour la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Santé</x:t>
   </x:si>
   <x:si>
     <x:t>13385</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours physiologie et génomique fonctionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours neurosciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours métiers de la biologie</x:t>
@@ -1250,62 +1250,62 @@
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/18/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Compétences climat : écotourisme</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de prévention : s'approprier les fondamentaux de la mission</x:t>
@@ -1457,62 +1457,62 @@
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Hygiène et du Nettoyage Industriel</x:t>
   </x:si>
   <x:si>
     <x:t>INHNI</x:t>
   </x:si>
   <x:si>
     <x:t>94800</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Hygiène et du Nettoyage Industriel - CFA Régional Propreté Environnement Hygiène - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Forma Var - Antenne Formaplus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/18/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Forma Var - Antenne Formaplus</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>BTS métiers des services à l'environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Simone Veil</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de l'eau (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Traitement eau</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée professionnel Latécoère</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
@@ -1604,54 +1604,54 @@
   <x:si>
     <x:t>Analyse des risques et vigilance partagée</x:t>
   </x:si>
   <x:si>
     <x:t>Améliorer sa démarche de gestion des entreprises extérieures - Plan de prévention - PRA006</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité intervention extérieure</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de sécurité (MAC APS) + Sauveteur secouriste du travail (SST)</x:t>
   </x:si>
   <x:si>
     <x:t>NG Formations - Ngnear</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité - MAC APS</x:t>
   </x:si>
   <x:si>
     <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
   </x:si>
   <x:si>
     <x:t>ACPM</x:t>
   </x:si>
@@ -2982,148 +2982,148 @@
         <x:v>569653</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>603085</x:v>
+        <x:v>509526</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="Q17" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="R17" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="Q17" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>509526</x:v>
+        <x:v>546767</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
@@ -3132,230 +3132,230 @@
       <x:c r="K18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>569652</x:v>
+        <x:v>603085</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>546767</x:v>
+        <x:v>569652</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="Q20" s="16" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="R20" s="14" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>546766</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>509533</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
@@ -3385,291 +3385,291 @@
       <x:c r="R22" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>603084</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="Q23" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="R23" s="0" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>540596</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="Q24" s="16" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="R24" s="14" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>599036</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="Q25" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="R25" s="0" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>609315</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>608268</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>608271</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
@@ -3763,125 +3763,125 @@
         <x:v>616846</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>608270</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>608269</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -3995,669 +3995,669 @@
       <x:c r="K34" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>610777</x:v>
+        <x:v>591697</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>610781</x:v>
+        <x:v>610795</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>610783</x:v>
+        <x:v>591705</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>610787</x:v>
+        <x:v>610777</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>610792</x:v>
+        <x:v>610781</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>610797</x:v>
+        <x:v>610783</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="S40" s="14" t="n">
+        <x:v>610787</x:v>
+      </x:c>
+      <x:c r="T40" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="S40" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>591697</x:v>
+        <x:v>610792</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>591705</x:v>
+        <x:v>610797</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>610785</x:v>
+        <x:v>591707</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>610789</x:v>
+        <x:v>591716</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>591707</x:v>
+        <x:v>610785</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>591716</x:v>
+        <x:v>610789</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
@@ -4755,357 +4755,357 @@
       <x:c r="I49" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>610778</x:v>
+        <x:v>591713</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>610779</x:v>
+        <x:v>610778</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>610791</x:v>
+        <x:v>610779</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>610794</x:v>
+        <x:v>610791</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>610798</x:v>
+        <x:v>610794</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>591713</x:v>
+        <x:v>610798</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>610782</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -5216,100 +5216,100 @@
         <x:v>88</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>610796</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>591690</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -5318,51 +5318,51 @@
         <x:v>88</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>591696</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>88</x:v>
@@ -5420,100 +5420,100 @@
         <x:v>88</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>591719</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>610780</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -5673,51 +5673,51 @@
       <x:c r="I67" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>610799</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
@@ -5888,51 +5888,51 @@
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>613571</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
@@ -6089,51 +6089,51 @@
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>613570</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
@@ -6255,494 +6255,494 @@
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>613582</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>610897</x:v>
+        <x:v>613567</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>613567</x:v>
+        <x:v>613568</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>613568</x:v>
+        <x:v>610897</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>610896</x:v>
+        <x:v>610894</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>613564</x:v>
+        <x:v>613573</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>613565</x:v>
+        <x:v>613577</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>613580</x:v>
+        <x:v>613578</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>613583</x:v>
+        <x:v>610896</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>610894</x:v>
+        <x:v>613564</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>200</x:v>
@@ -6751,156 +6751,156 @@
       <x:c r="K88" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>613573</x:v>
+        <x:v>613565</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>613577</x:v>
+        <x:v>613580</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>613578</x:v>
+        <x:v>613583</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>29</x:v>
@@ -7662,147 +7662,147 @@
       <x:c r="R104" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>576106</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q105" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="Q105" s="4" t="s">
+      <x:c r="R105" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="R105" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>592532</x:v>
+        <x:v>592531</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>592531</x:v>
+        <x:v>592532</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>41277</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -7812,51 +7812,51 @@
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>606181</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
@@ -8901,63 +8901,63 @@
       <x:c r="I126" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>592347</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -8967,51 +8967,51 @@
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>592349</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
@@ -9024,51 +9024,51 @@
       <x:c r="M128" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>592346</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -9078,51 +9078,51 @@
       <x:c r="M129" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>592350</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
@@ -9135,51 +9135,51 @@
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>592348</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -9189,51 +9189,51 @@
       <x:c r="M131" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>592167</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
@@ -9246,51 +9246,51 @@
       <x:c r="M132" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>592171</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -9317,91 +9317,91 @@
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>598013</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>592168</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -9411,108 +9411,108 @@
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>592166</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>592169</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -9522,51 +9522,51 @@
       <x:c r="M137" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>592170</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
@@ -9751,162 +9751,162 @@
       <x:c r="M141" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>592022</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>592021</x:v>
+        <x:v>592023</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>592023</x:v>
+        <x:v>592021</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
@@ -10111,91 +10111,91 @@
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>575000</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>592015</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -10205,51 +10205,51 @@
       <x:c r="M149" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>592017</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
@@ -10262,162 +10262,162 @@
       <x:c r="M150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>592019</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>592020</x:v>
+        <x:v>592018</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>592018</x:v>
+        <x:v>592020</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
@@ -10603,51 +10603,51 @@
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>591905</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -10657,51 +10657,51 @@
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>591904</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
@@ -10714,162 +10714,162 @@
       <x:c r="M158" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>591906</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>591907</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>591908</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -10879,150 +10879,149 @@
       <x:c r="M161" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>591909</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>60</x:v>
-[...1 lines deleted...]
-      <x:c r="H162" s="14" t="s"/>
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="H162" s="14" t="s">
+        <x:v>347</x:v>
+      </x:c>
       <x:c r="I162" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>42884</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>612983</x:v>
+        <x:v>598169</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>346</x:v>
-[...2 lines deleted...]
-        <x:v>347</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>42884</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>598169</x:v>
+        <x:v>612983</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>351</x:v>
@@ -11203,138 +11202,138 @@
       <x:c r="R167" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>612936</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>42866</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>600722</x:v>
+        <x:v>598287</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>42866</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>598287</x:v>
+        <x:v>600722</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
@@ -11649,91 +11648,91 @@
       <x:c r="M176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>591677</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>591687</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -11742,100 +11741,100 @@
         <x:v>88</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>591688</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>610756</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -11850,51 +11849,51 @@
       <x:c r="L180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>610757</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>29</x:v>
@@ -12001,51 +12000,51 @@
       <x:c r="L183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>610768</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
@@ -12199,51 +12198,51 @@
       <x:c r="I187" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>610776</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -12252,159 +12251,159 @@
         <x:v>88</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>591671</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>610761</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>610762</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>29</x:v>
@@ -12462,51 +12461,51 @@
       <x:c r="L192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>610764</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>29</x:v>
@@ -12558,51 +12557,51 @@
         <x:v>88</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>610775</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>88</x:v>
@@ -12709,51 +12708,51 @@
       <x:c r="I197" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>591689</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -12762,508 +12761,508 @@
         <x:v>88</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>610758</x:v>
+        <x:v>591670</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>610763</x:v>
+        <x:v>610758</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>610771</x:v>
+        <x:v>610763</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>610774</x:v>
+        <x:v>610771</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>591670</x:v>
+        <x:v>610774</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>610766</x:v>
+        <x:v>591672</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>610772</x:v>
+        <x:v>591681</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>610759</x:v>
+        <x:v>610766</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>610760</x:v>
+        <x:v>610772</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>591667</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -13321,113 +13320,113 @@
       <x:c r="I209" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>591672</x:v>
+        <x:v>610759</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>591681</x:v>
+        <x:v>610760</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>402</x:v>
@@ -13438,51 +13437,51 @@
       <x:c r="M211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>605272</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>406</x:v>
@@ -13775,51 +13774,51 @@
       <x:c r="M217" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>596713</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>35406</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
@@ -14009,51 +14008,51 @@
       <x:c r="M221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>596698</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
@@ -14066,51 +14065,51 @@
       <x:c r="M222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>596699</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
@@ -14180,51 +14179,51 @@
       <x:c r="M224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>596697</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -14347,57 +14346,57 @@
       <x:c r="K227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>604287</x:v>
+        <x:v>550310</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
@@ -14406,57 +14405,57 @@
       <x:c r="K228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>550310</x:v>
+        <x:v>604287</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -14543,81 +14542,81 @@
       <x:c r="S230" s="14" t="n">
         <x:v>548691</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="Q231" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="R231" s="0" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>571046</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14720,209 +14719,209 @@
         <x:v>581591</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>456</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>607273</x:v>
+        <x:v>548692</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>462</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="R235" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="S235" s="0" t="n">
+        <x:v>605100</x:v>
+      </x:c>
+      <x:c r="T235" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="R235" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>124</x:v>
-[...1 lines deleted...]
-      <x:c r="H236" s="14" t="s"/>
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="H236" s="14" t="s">
+        <x:v>457</x:v>
+      </x:c>
       <x:c r="I236" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>605100</x:v>
+        <x:v>607273</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="U236" s="16" t="s">
         <x:v>465</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -15101,114 +15100,114 @@
       <x:c r="K240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>547572</x:v>
+        <x:v>494767</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>37964</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>614600</x:v>
+        <x:v>547572</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>37964</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
@@ -15217,57 +15216,57 @@
       <x:c r="K242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>494767</x:v>
+        <x:v>614600</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>35344</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -15599,51 +15598,51 @@
       <x:c r="J249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>589939</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>41100</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -15774,106 +15773,106 @@
       <x:c r="J252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>12578</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>497982</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>44074</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>606832</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
@@ -16132,212 +16131,212 @@
       <x:c r="K259" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>586782</x:v>
+        <x:v>586780</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>586786</x:v>
+        <x:v>586782</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>586789</x:v>
+        <x:v>586786</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>586780</x:v>
+        <x:v>586789</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>30</x:v>
@@ -16599,51 +16598,51 @@
       <x:c r="M268" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>586791</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>29</x:v>
@@ -16808,100 +16807,100 @@
       <x:c r="L272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>42817</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>610728</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>42817</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>610729</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">