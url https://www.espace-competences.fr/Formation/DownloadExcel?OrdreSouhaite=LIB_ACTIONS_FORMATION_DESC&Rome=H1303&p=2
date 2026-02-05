--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -695,68 +695,68 @@
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MAC APS - Maintien et Actualisation des compétences - Renouvellement carte agent privé de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Rk2c Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>12/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/23/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2026 00:00:00</x:t>
@@ -1211,93 +1211,93 @@
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Être membre du CSE - Formation initiale santé sécurité et conditions de travail - PRA050</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DU agent d'hygiène, propreté et stérilisation</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme Universitaire cancer travail et environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir acteur en Sauvetage Secourisme du Travail (SST) - PRS001</x:t>
   </x:si>
   <x:si>
+    <x:t>05/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/27/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>03/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Comprendre la charge de travail et identifier les leviers d'action</x:t>
   </x:si>
   <x:si>
     <x:t>Compétences climat : écotourisme</x:t>
   </x:si>
@@ -6068,244 +6068,244 @@
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>613584</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>613570</x:v>
+        <x:v>610895</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>613573</x:v>
+        <x:v>613578</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>610895</x:v>
+        <x:v>613570</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="U77" s="4" t="s">
         <x:v>211</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>613578</x:v>
+        <x:v>613573</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>29</x:v>
@@ -10733,141 +10733,141 @@
       <x:c r="R158" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>574906</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>591908</x:v>
+        <x:v>591906</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>591906</x:v>
+        <x:v>591908</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
@@ -11811,465 +11811,465 @@
       <x:c r="K179" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>610762</x:v>
+        <x:v>610767</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>610771</x:v>
+        <x:v>610772</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>610775</x:v>
+        <x:v>610776</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>610767</x:v>
+        <x:v>591671</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>610772</x:v>
+        <x:v>591681</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>610776</x:v>
+        <x:v>591688</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>591671</x:v>
+        <x:v>610762</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>591681</x:v>
+        <x:v>610771</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>591688</x:v>
+        <x:v>610775</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
@@ -12575,310 +12575,310 @@
         <x:v>93</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>610759</x:v>
+        <x:v>591667</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>392</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>591667</x:v>
+        <x:v>591672</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>591672</x:v>
+        <x:v>591685</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>591685</x:v>
+        <x:v>591686</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>591686</x:v>
+        <x:v>591689</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>591689</x:v>
+        <x:v>610759</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
@@ -12936,51 +12936,51 @@
       <x:c r="L201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>610760</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
@@ -12992,51 +12992,51 @@
       <x:c r="M202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>610765</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>392</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>30</x:v>
@@ -13245,51 +13245,51 @@
       <x:c r="M207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>591680</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
@@ -13661,51 +13661,51 @@
       <x:c r="M215" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>605272</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>410</x:v>
@@ -16154,54 +16154,54 @@
       <x:c r="L259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>42896</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>591639</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
@@ -16513,51 +16513,51 @@
       <x:c r="L266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>586782</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>29</x:v>
@@ -16664,51 +16664,51 @@
       <x:c r="L269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>586778</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">