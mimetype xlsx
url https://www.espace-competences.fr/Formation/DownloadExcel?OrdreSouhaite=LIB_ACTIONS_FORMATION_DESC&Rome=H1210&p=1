--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -380,65 +380,65 @@
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'industrie : conception et amélioration de processus et procédés industriels (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional CFAI Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Polyvalent Les Iscles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Polyvalent Les Iscles</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>licence pro mention métiers de l'industrie : conception et amélioration de processus et procédés industriels</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la santé : nutrition, alimentation parcours coordination de projet nutrition (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Produit diététique</x:t>
   </x:si>
   <x:si>
     <x:t>Institut La Cadenelle</x:t>
@@ -476,62 +476,62 @@
   <x:si>
     <x:t>licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation</x:t>
   </x:si>
   <x:si>
     <x:t>13385</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention bio-industries et biotechnologies parcours sécurité, qualité et microbiologie en industries agroalimentaires</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention bio-industries et biotechnologies parcours biotechnologie, immunologie</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention bio-industries et biotechnologies</x:t>
   </x:si>
   <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 2</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Université Côte d'Azur</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours signaux Images télécommunications et réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>Génie industriel</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours instrumentation et sciences de la mesure</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours ingénierie mécanique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours électronique, électrotechnique et automatique</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences pour l'ingénieur</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
@@ -626,68 +626,68 @@
   <x:si>
     <x:t>Licence mention sciences de la vie et de la Terre parcours biodiversité et écologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre mention sciences de la vie et de la terre parcours CUPGE « Agro-Véto »</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences de la vie et de la Terre</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84916</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
+    <x:t>licence mention sciences de la vie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention sciences de la vie</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>licence mention sciences de la vie</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>licence mention sciences de la Terre</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences de la terre</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique, chimie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Physique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique, chimie parcours physique-chimie</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention physique, chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours physique et transition énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours physique et ses interactions</x:t>
@@ -1037,54 +1037,54 @@
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité mesures physiques parcours matériaux et contrôles physico-chimiques</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie électrique et informatique industrielle parcours électricité et maîtrise de l'énergie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Électricité</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie électrique et informatique industrielle parcours électricité et maîtrise de l'énergie</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
@@ -2105,114 +2105,114 @@
       <x:c r="K4" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>540869</x:v>
+        <x:v>615514</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>39380</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>615514</x:v>
+        <x:v>540869</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s"/>
       <x:c r="K6" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
@@ -2785,126 +2785,126 @@
       <x:c r="H16" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>31380</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>605780</x:v>
+        <x:v>605778</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>40815</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>31380</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>605778</x:v>
+        <x:v>605780</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>40815</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -3396,147 +3396,147 @@
       <x:c r="R26" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>576106</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>592531</x:v>
+        <x:v>592532</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>592532</x:v>
+        <x:v>592531</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -3778,51 +3778,51 @@
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>592031</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -3835,51 +3835,51 @@
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>592032</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -3889,51 +3889,51 @@
       <x:c r="M35" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>592028</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -3946,51 +3946,51 @@
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>592029</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -4000,51 +4000,51 @@
       <x:c r="M37" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>592030</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>41277</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -4057,51 +4057,51 @@
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>606181</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>39690</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -4171,51 +4171,51 @@
       <x:c r="M40" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>592213</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>39690</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -4225,108 +4225,108 @@
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>592211</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>39690</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="Q42" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="Q42" s="16" t="s">
+      <x:c r="R42" s="14" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>592212</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -5380,51 +5380,51 @@
       <x:c r="M61" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>592347</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -5437,51 +5437,51 @@
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>592349</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -5491,51 +5491,51 @@
       <x:c r="M63" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>592346</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -5548,51 +5548,51 @@
       <x:c r="M64" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>592350</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -5602,495 +5602,495 @@
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>592348</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>598013</x:v>
+        <x:v>592167</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>592171</x:v>
+        <x:v>598013</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>592167</x:v>
+        <x:v>592171</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="I69" s="4" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="Q69" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="Q69" s="4" t="s">
+      <x:c r="R69" s="0" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>592168</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>592166</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>592169</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>592170</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39518</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="I73" s="4" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>12254</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="Q73" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="Q73" s="4" t="s">
+      <x:c r="R73" s="0" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>592282</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
@@ -6275,51 +6275,51 @@
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>592021</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -6332,51 +6332,51 @@
       <x:c r="M78" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>592022</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -6386,51 +6386,51 @@
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>592023</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
@@ -6635,91 +6635,91 @@
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>575000</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="Q84" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="Q84" s="16" t="s">
+      <x:c r="R84" s="14" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>592015</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -6729,51 +6729,51 @@
       <x:c r="M85" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>592017</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -6786,51 +6786,51 @@
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>592019</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -6840,51 +6840,51 @@
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>592018</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -6897,51 +6897,51 @@
       <x:c r="M88" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>592020</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38977</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -7011,51 +7011,51 @@
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>592024</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38977</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -7065,51 +7065,51 @@
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>592027</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
@@ -7470,51 +7470,51 @@
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>592044</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38974</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -7524,51 +7524,51 @@
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>592043</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -7581,51 +7581,51 @@
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>592384</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -7635,51 +7635,51 @@
       <x:c r="M101" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>592385</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -7692,105 +7692,105 @@
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>592388</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="I103" s="4" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="Q103" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="Q103" s="4" t="s">
+      <x:c r="R103" s="0" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>592386</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -7803,51 +7803,51 @@
       <x:c r="M104" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>592382</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -7857,51 +7857,51 @@
       <x:c r="M105" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>592383</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -7914,51 +7914,51 @@
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>592387</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -8144,51 +8144,51 @@
       <x:c r="M110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>591905</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -8198,51 +8198,51 @@
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>591904</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -8255,51 +8255,51 @@
       <x:c r="M112" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>591906</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -8309,108 +8309,108 @@
       <x:c r="M113" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>591907</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="Q114" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="Q114" s="16" t="s">
+      <x:c r="R114" s="14" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>591908</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -8420,51 +8420,51 @@
       <x:c r="M115" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>591909</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>41018</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
@@ -8646,51 +8646,51 @@
       <x:c r="M119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>595624</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37850</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -10205,51 +10205,51 @@
       <x:c r="M149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>596775</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>35480</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
@@ -10318,166 +10318,166 @@
       <x:c r="M151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>596774</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>554858</x:v>
+        <x:v>603399</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>554857</x:v>
+        <x:v>554858</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>317</x:v>
@@ -10485,66 +10485,66 @@
       <x:c r="H154" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>603399</x:v>
+        <x:v>554857</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
@@ -10606,51 +10606,51 @@
       <x:c r="H156" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>603400</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
@@ -10681,51 +10681,51 @@
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>602534</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>319</x:v>
@@ -10742,51 +10742,51 @@
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>556130</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
@@ -10819,78 +10819,78 @@
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>510673</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>581539</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
@@ -11031,51 +11031,51 @@
       <x:c r="M163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>596769</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -11088,105 +11088,105 @@
       <x:c r="M164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>596770</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="I165" s="4" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="Q165" s="4" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>596771</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>35373</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
@@ -11255,51 +11255,51 @@
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>596700</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>319</x:v>
@@ -11316,51 +11316,51 @@
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>556142</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
@@ -11376,51 +11376,51 @@
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>602526</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
@@ -11489,51 +11489,51 @@
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>596698</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -11546,51 +11546,51 @@
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>596699</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>35366</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -11600,51 +11600,51 @@
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>596696</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>35367</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>319</x:v>
@@ -11661,51 +11661,51 @@
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>12010</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>602523</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>35367</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
@@ -11721,51 +11721,51 @@
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>12010</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>556141</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>35367</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -11778,51 +11778,51 @@
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>12010</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>596694</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>35369</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -11832,51 +11832,51 @@
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>596692</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>35369</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -11889,51 +11889,51 @@
       <x:c r="M178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>596693</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>35369</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -12363,99 +12363,99 @@
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>596690</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>604287</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12470,51 +12470,51 @@
       <x:c r="J188" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>550310</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12527,60 +12527,60 @@
       <x:c r="J189" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>501478</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
@@ -12683,129 +12683,129 @@
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>605835</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>549869</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12820,51 +12820,51 @@
       <x:c r="J194" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>604286</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12877,179 +12877,178 @@
       <x:c r="J195" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>501477</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>354</x:v>
-[...1 lines deleted...]
-      <x:c r="H196" s="14" t="s"/>
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="H196" s="14" t="s">
+        <x:v>318</x:v>
+      </x:c>
       <x:c r="I196" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>550309</x:v>
+        <x:v>496452</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>364</x:v>
-[...2 lines deleted...]
-        <x:v>318</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>496452</x:v>
+        <x:v>550309</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
@@ -13150,51 +13149,51 @@
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>35803</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>11421</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>609739</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -13210,51 +13209,51 @@
         <x:v>373</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>35803</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>11421</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>508946</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
@@ -13271,51 +13270,51 @@
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>35803</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>11421</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>556870</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -13521,176 +13520,175 @@
       <x:c r="K206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>515643</x:v>
+        <x:v>547716</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>547716</x:v>
+        <x:v>553743</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>382</x:v>
-[...1 lines deleted...]
-      <x:c r="H208" s="14" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H208" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="I208" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>553743</x:v>
+        <x:v>515643</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -14203,57 +14201,57 @@
         <x:v>388</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="Q218" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="Q218" s="16" t="s">
+      <x:c r="R218" s="14" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>547557</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14324,57 +14322,57 @@
       <x:c r="H220" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="Q220" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="Q220" s="16" t="s">
+      <x:c r="R220" s="14" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>500987</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14505,57 +14503,57 @@
       <x:c r="H223" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="Q223" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="Q223" s="4" t="s">
+      <x:c r="R223" s="0" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>550241</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14564,57 +14562,57 @@
         <x:v>388</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="Q224" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="Q224" s="16" t="s">
+      <x:c r="R224" s="14" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>494784</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14627,51 +14625,51 @@
       <x:c r="J225" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>514128</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14682,114 +14680,114 @@
       <x:c r="H226" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="Q226" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="Q226" s="16" t="s">
+      <x:c r="R226" s="14" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>605688</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="Q227" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="Q227" s="4" t="s">
+      <x:c r="R227" s="0" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>605939</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
@@ -14829,78 +14827,78 @@
       <x:c r="S228" s="14" t="n">
         <x:v>594581</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="R229" s="0" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>594584</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
@@ -14913,51 +14911,51 @@
       <x:c r="J230" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>543666</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
@@ -15078,51 +15076,51 @@
       <x:c r="J233" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>591160</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
@@ -15135,51 +15133,51 @@
       <x:c r="J234" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>493638</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>284</x:v>
       </x:c>