--- v0 (2026-02-05)
+++ v1 (2026-03-23)
@@ -299,86 +299,86 @@
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>DESU Techniques de communication scientifique</x:t>
   </x:si>
   <x:si>
     <x:t>Communication information scientifique et technique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Ecole de Journalisme et de Communication d'Aix-Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CQP dessinateur d'études industrielles (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3d Ingénierie Systèmes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3DIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dessin construction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
     <x:t>CQP dessinateur d'études industrielles</x:t>
   </x:si>
   <x:si>
-    <x:t>3d Ingénierie Systèmes</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité mesures physiques parcours techniques d'instrumentation</x:t>
   </x:si>
   <x:si>
     <x:t>Physique</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie chimique-génie des procédés parcours conception des procédés et innovation technologique</x:t>
   </x:si>
   <x:si>
     <x:t>Génie chimique</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie chimique - génie des procédés parcours conception des procédés et innovation technologique</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
@@ -386,111 +386,111 @@
   <x:si>
     <x:t>BUT spécialité chimie parcours analyse, contrôle-qualité, environnement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse chimique</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/04/2023 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité chimie parcours analyse, contrôle-qualité, environnement</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de la mesure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Thermométrie</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Saint Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de la mesure</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée M Janetti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+  </x:si>
+  <x:si>
     <x:t>LPO St-Vincent de Paul</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -1694,278 +1694,278 @@
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>580118</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>22398</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>534119</x:v>
+        <x:v>534115</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>22398</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>534122</x:v>
+        <x:v>534117</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
-        <x:v>86</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>22398</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>534115</x:v>
+        <x:v>534119</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>22398</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>534117</x:v>
+        <x:v>534122</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>35479</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -2263,57 +2263,57 @@
       <x:c r="K23" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>509933</x:v>
+        <x:v>554925</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="U23" s="4" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>35494</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>101</x:v>
@@ -2327,54 +2327,54 @@
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>454262</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="U24" s="16" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>35494</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -2384,171 +2384,170 @@
       <x:c r="K25" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>554925</x:v>
+        <x:v>509933</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>35494</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>51</x:v>
-[...1 lines deleted...]
-      <x:c r="H26" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>596690</x:v>
+        <x:v>575543</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>35494</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>575543</x:v>
+        <x:v>596690</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>35803</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>114</x:v>
@@ -2559,57 +2558,57 @@
       <x:c r="K28" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>11421</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>508946</x:v>
+        <x:v>609739</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>35803</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -2619,57 +2618,57 @@
       <x:c r="K29" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>11421</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>609739</x:v>
+        <x:v>556870</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>35803</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>114</x:v>
@@ -2680,162 +2679,162 @@
       <x:c r="K30" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>11421</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>556870</x:v>
+        <x:v>508946</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>35803</x:v>
+        <x:v>41832</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>11421</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>596033</x:v>
+        <x:v>596032</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>35803</x:v>
+        <x:v>41832</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>11421</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>596032</x:v>
+        <x:v>596033</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 