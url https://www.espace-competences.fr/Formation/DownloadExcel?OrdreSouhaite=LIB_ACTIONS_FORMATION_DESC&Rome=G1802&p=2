--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -2880,111 +2880,111 @@
       <x:c r="K32" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>518770</x:v>
+        <x:v>587948</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37558</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>587948</x:v>
+        <x:v>518770</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37558</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>48</x:v>
       </x:c>