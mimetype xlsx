--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -455,62 +455,62 @@
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>master mention théâtre</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>Art spectacle</x:t>
   </x:si>
   <x:si>
+    <x:t>AVIGNON CEDEX 01</x:t>
+  </x:si>
+  <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
-    <x:t>AVIGNON CEDEX 01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention création littéraire parcours écopoétique et création</x:t>
   </x:si>
   <x:si>
     <x:t>Littérature</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention création littéraire parcours création littéraire, recherche et nouvelles formes de narration</x:t>
   </x:si>
   <x:si>
     <x:t>master mention création littéraire</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention protection et valorisation du patrimoine historique et culturel parcours conservation et restauration du patrimoine bâti</x:t>
@@ -710,83 +710,83 @@
   <x:si>
     <x:t>CPJEPS mention animateur d'activités et de vie quotidienne dans toute structure de loisirs et d'animation socioculturelle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Association Régionale Formation Apprentis Métiers Sport, Animation, Tourisme - CFA Régional Métiers du Sport, de l'Animation et du Tourisme - Futurosud</x:t>
   </x:si>
   <x:si>
     <x:t>ARFAMSTA</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Prépa-Sports</x:t>
   </x:si>
   <x:si>
     <x:t>13857</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Qwantic - Cbs Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/20/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>Objectif Plus Economie Sociale et Solidaire</x:t>
   </x:si>
   <x:si>
     <x:t>OPESS</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAU-ARNOUX</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Infrep Association - Cfa de l'Education Populaire</x:t>
   </x:si>
   <x:si>
     <x:t>75020</x:t>
   </x:si>
   <x:si>
     <x:t>Ligue de l'Enseignement - Fédération des Oeuvres Laïques du Var</x:t>
@@ -875,71 +875,71 @@
   <x:si>
     <x:t>07/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Union Française des Centres de Vacances et de Loisirs - Antenne Alpes Provence Corse</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>CPJEPS mention animateur d'activités et de vie quotidienne dans toute structure de loisirs et d'animation socioculturelle (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>FOL 83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>FOL 83</x:t>
-[...5 lines deleted...]
-    <x:t>08/27/2026 00:00:00</x:t>
+    <x:t>Union française des centres de vacances Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>Horizon Grasse</x:t>
   </x:si>
   <x:si>
     <x:t>Ligue de l'enseignement 83 - FOL 83</x:t>
   </x:si>
   <x:si>
-    <x:t>Union française des centres de vacances Côte d'Azur</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BPJEPS Spécialité Animateur Mention Loisirs tous publics</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CPJEPS - Animation d'activités et de vie quotidienne</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité carrières sociales parcours animation sociale et socioculturelle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
@@ -1022,65 +1022,65 @@
   <x:si>
     <x:t>Diderot Education - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA gestion et protection de la nature</x:t>
   </x:si>
   <x:si>
+    <x:t>Protection milieu naturel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LA d'Aix-Valabre</x:t>
   </x:si>
   <x:si>
     <x:t>13548</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>Protection milieu naturel</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Cours Diderot - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de diététique et nutrition humaine</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
     <x:t>BPJEPS spécialité animateur mention loisirs tous publics</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2025 00:00:00</x:t>
@@ -1157,239 +1157,239 @@
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>11/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/31/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>LA SEYNE-SUR-MER</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>BPJEPS spécialité animateur mention animation socio-éducative ou culturelle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Heures Libres de la Jeunesse - Institut Méditerranéen du Sport, de l'Animation et du Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>HLJ - IMSAT</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/24/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/24/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BPJEPS spécialité animateur mention animation socio-éducative ou culturelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Jeune 16-25 ans , Particulier, individuel , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Les Francas - Union régionale PACA</x:t>
+  </x:si>
+  <x:si>
     <x:t>BPJEPS spécialité animateur mention animation socio-éducative ou culturelle (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>BPJEPS spécialité animateur mention animation socio-éducative ou culturelle</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>10/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formatic|Formatic - Antenne Montfavet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formatic Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>Ligue de l'enseignement</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel et Technologique LES CHENES</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel et Technologique Les Chênes</x:t>
   </x:si>
   <x:si>
     <x:t>Formatic Arles</x:t>
   </x:si>
   <x:si>
-    <x:t>Formatic|Formatic - Antenne Montfavet</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>BPJEPS Spécialité Animateur - Mention Animation socio-éducative ou culturelle</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro services aux personnes et aux territoires (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale de Puyloubier</x:t>
   </x:si>
   <x:si>
     <x:t>13114</x:t>
   </x:si>
   <x:si>
     <x:t>Action sociale</x:t>
   </x:si>
   <x:si>
     <x:t>PUYLOUBIER</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro services aux personnes et animation dans les territoires (Apprentissage)</x:t>
@@ -1424,321 +1424,321 @@
   <x:si>
     <x:t>08/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale d'Education et d'Orientation de Bléone Durance - CFA Régional des Maisons Familiales et Rurales Paca</x:t>
   </x:si>
   <x:si>
     <x:t>04160</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/04/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro services aux personnes et animation dans les territoires</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée professionnel Saint-Jean le Baptiste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALREAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Agricampus Hautes-Alpes </x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFR de Puyloubier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac pro services aux personnes et animation dans les territoires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association Recherche Expérimentation Formation Loisirs et Tourisme Social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REFLETS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fondation Apprentis d'Auteuil - Antenne Grasse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LPA les Magnanarelles</x:t>
   </x:si>
   <x:si>
     <x:t>83460</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
     <x:t>LP ACAF - MSA</x:t>
   </x:si>
   <x:si>
     <x:t>84110</x:t>
   </x:si>
   <x:si>
     <x:t>VAISON LA ROMAINE</x:t>
   </x:si>
   <x:si>
     <x:t>LPA les Alpilles</x:t>
   </x:si>
   <x:si>
     <x:t>13210</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-REMY-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac pro services aux personnes et animation dans les territoires</x:t>
-[...32 lines deleted...]
-    <x:t>MFR de Puyloubier</x:t>
+    <x:t>Lycée Vert d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Chênes</x:t>
   </x:si>
   <x:si>
     <x:t>LA L Giraud</x:t>
   </x:si>
   <x:si>
     <x:t>84208</x:t>
   </x:si>
   <x:si>
     <x:t>MFR Bléone-Durance</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Vert d'Azur</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Campus Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>LA Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13148</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Agricampus</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Animation enfance et personnes âgées</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro animation - enfance et personnes âgées (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Gustave Eiffel</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro animation - enfance et personnes âgées</x:t>
   </x:si>
   <x:si>
+    <x:t>LP G Eiffel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP St-Joseph</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLLIOULES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP les Ferrages</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-CHAMAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP A Briand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jeanne d'Arc - Campus Vincentien d'Arles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jeanne d'Arc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP les Palmiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP B Pascal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-12e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO M Gasquet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP du Parc St-Jean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Ch Mongrand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PORT-DE-BOUC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP la Viste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent René Char</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Les Fauvettes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Sévigné</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Célony</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Émile Zola</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée E Zola</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP L Blum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83011</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Pastré</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Pastré</x:t>
-  </x:si>
-[...130 lines deleted...]
-    <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Animateur esport (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Exxecc</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Animateur esport</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
@@ -3480,114 +3480,114 @@
         <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>45004</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="Q22" s="16" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="R22" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="Q22" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>592075</x:v>
+        <x:v>592074</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>39264</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>45004</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>592074</x:v>
+        <x:v>592075</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>39463</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
@@ -3911,78 +3911,78 @@
       <x:c r="T29" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>35972</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>580411</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>35972</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
@@ -4268,51 +4268,51 @@
         <x:v>125</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>595434</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
@@ -4847,51 +4847,51 @@
       <x:c r="J46" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>592381</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
@@ -5504,446 +5504,446 @@
         <x:v>607905</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>177</x:v>
-[...1 lines deleted...]
-      <x:c r="H58" s="14" t="s"/>
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s">
+        <x:v>207</x:v>
+      </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>602030</x:v>
+        <x:v>573068</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="Q59" s="4" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="R59" s="0" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="S59" s="0" t="n">
+        <x:v>602030</x:v>
+      </x:c>
+      <x:c r="T59" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="Q59" s="4" t="s">
+      <x:c r="U59" s="4" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="S60" s="14" t="n">
+        <x:v>605572</x:v>
+      </x:c>
+      <x:c r="T60" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="S60" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T60" s="16" t="s">
+      <x:c r="U60" s="16" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>206</x:v>
-[...2 lines deleted...]
-        <x:v>207</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>572742</x:v>
+        <x:v>605573</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>573067</x:v>
+        <x:v>572742</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="H63" s="0" t="s">
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>602031</x:v>
+        <x:v>573067</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>206</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>573068</x:v>
+        <x:v>602031</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
@@ -6152,137 +6152,137 @@
       <x:c r="S68" s="14" t="n">
         <x:v>603467</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>589728</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>589730</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
@@ -6552,51 +6552,51 @@
       <x:c r="L75" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>583565</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G76" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -6756,318 +6756,315 @@
       <x:c r="T78" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>583690</x:v>
+        <x:v>583587</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
-      <x:c r="E80" s="14" t="s"/>
-      <x:c r="F80" s="14" t="s"/>
+      <x:c r="E80" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F80" s="14" t="s">
+        <x:v>61</x:v>
+      </x:c>
       <x:c r="G80" s="14" t="s">
-        <x:v>210</x:v>
-[...1 lines deleted...]
-      <x:c r="H80" s="14" t="s"/>
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="H80" s="14" t="s">
+        <x:v>183</x:v>
+      </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>564140</x:v>
+        <x:v>583690</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
-      <x:c r="E81" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>232</x:v>
-[...2 lines deleted...]
-        <x:v>269</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>583587</x:v>
+        <x:v>564140</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>592249</x:v>
+        <x:v>592251</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>592250</x:v>
+        <x:v>592249</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
@@ -7080,51 +7077,51 @@
       <x:c r="K84" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>592251</x:v>
+        <x:v>592250</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -7146,51 +7143,51 @@
       <x:c r="L85" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>583567</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
@@ -7284,51 +7281,51 @@
       <x:c r="U87" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G88" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
@@ -7446,117 +7443,117 @@
       <x:c r="L90" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>583689</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>583586</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G92" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
@@ -7572,54 +7569,54 @@
       <x:c r="L92" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>583566</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -8872,361 +8869,361 @@
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>549872</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>38351</x:v>
+        <x:v>15674</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>12510</x:v>
+        <x:v>12547</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>597132</x:v>
+        <x:v>518911</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>15674</x:v>
+        <x:v>38351</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>12547</x:v>
+        <x:v>12510</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>518911</x:v>
+        <x:v>614645</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>614645</x:v>
+        <x:v>572355</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>572355</x:v>
+        <x:v>572471</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>572471</x:v>
+        <x:v>597132</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>15674</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>12547</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>518912</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
@@ -9650,51 +9647,51 @@
       <x:c r="J128" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>584248</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
@@ -9862,51 +9859,51 @@
       <x:c r="U131" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G132" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -9925,51 +9922,51 @@
       <x:c r="U132" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
@@ -10201,60 +10198,60 @@
       <x:c r="H137" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>583697</x:v>
+        <x:v>583749</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -10270,123 +10267,123 @@
       <x:c r="J138" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>583749</x:v>
+        <x:v>583750</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>583750</x:v>
+        <x:v>583697</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G140" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
@@ -10396,84 +10393,84 @@
       <x:c r="J140" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>583693</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
@@ -10933,51 +10930,51 @@
       <x:c r="U148" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
@@ -11035,366 +11032,366 @@
       <x:c r="M150" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>583692</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>583553</x:v>
+        <x:v>583691</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G152" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>583569</x:v>
+        <x:v>583589</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>583570</x:v>
+        <x:v>583553</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G154" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>583589</x:v>
+        <x:v>583569</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>583691</x:v>
+        <x:v>583570</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>25</x:v>
@@ -11580,51 +11577,51 @@
       <x:c r="J159" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>572748</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12082,206 +12079,206 @@
         <x:v>572749</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>230</x:v>
-[...1 lines deleted...]
-      <x:c r="H168" s="14" t="s"/>
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="H168" s="14" t="s">
+        <x:v>207</x:v>
+      </x:c>
       <x:c r="I168" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>603464</x:v>
+        <x:v>607897</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="U168" s="16" t="s">
         <x:v>402</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>601424</x:v>
+        <x:v>603464</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>206</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>607897</x:v>
+        <x:v>601424</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -12297,452 +12294,452 @@
       <x:c r="L171" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>573065</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
-        <x:v>265</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>581996</x:v>
+        <x:v>564145</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>592344</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>564145</x:v>
+        <x:v>581218</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>592340</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>592345</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>590134</x:v>
+        <x:v>581996</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>581218</x:v>
+        <x:v>590134</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>66</x:v>
@@ -12755,657 +12752,658 @@
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>609564</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>592342</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>581217</x:v>
+        <x:v>572780</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
-        <x:v>107</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>592338</x:v>
+        <x:v>581217</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>592341</x:v>
+        <x:v>592338</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>340</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>609398</x:v>
+        <x:v>592341</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="H185" s="0" t="s">
+        <x:v>341</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>592343</x:v>
+        <x:v>609398</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
-        <x:v>265</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>564144</x:v>
+        <x:v>592343</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>581995</x:v>
+        <x:v>564144</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>606755</x:v>
+        <x:v>581995</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>592339</x:v>
+        <x:v>606755</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>572780</x:v>
+        <x:v>592339</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -13962,90 +13960,90 @@
       <x:c r="S200" s="14" t="n">
         <x:v>501262</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>501259</x:v>
+        <x:v>555691</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>81</x:v>
@@ -14059,178 +14057,178 @@
       <x:c r="K202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>545444</x:v>
+        <x:v>545445</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>555691</x:v>
+        <x:v>545446</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>545445</x:v>
+        <x:v>496371</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
@@ -14240,178 +14238,178 @@
       <x:c r="K205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>545446</x:v>
+        <x:v>501259</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>496371</x:v>
+        <x:v>545444</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>605797</x:v>
+        <x:v>599363</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
@@ -14444,93 +14442,93 @@
       <x:c r="S208" s="14" t="n">
         <x:v>611638</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>599363</x:v>
+        <x:v>605797</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>445</x:v>
@@ -14562,759 +14560,756 @@
       <x:c r="R210" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>547236</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>596623</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>596620</x:v>
+        <x:v>596616</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>596625</x:v>
+        <x:v>596618</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>596627</x:v>
+        <x:v>596621</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
-      <x:c r="E215" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>461</x:v>
-[...2 lines deleted...]
-        <x:v>462</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>583635</x:v>
+        <x:v>596628</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
-        <x:v>107</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
-      <x:c r="E216" s="14" t="s"/>
-      <x:c r="F216" s="14" t="s"/>
+      <x:c r="E216" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F216" s="14" t="s">
+        <x:v>61</x:v>
+      </x:c>
       <x:c r="G216" s="14" t="s">
-        <x:v>81</x:v>
-[...1 lines deleted...]
-      <x:c r="H216" s="14" t="s"/>
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="H216" s="14" t="s">
+        <x:v>458</x:v>
+      </x:c>
       <x:c r="I216" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>596616</x:v>
+        <x:v>583635</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>596618</x:v>
+        <x:v>596620</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>596621</x:v>
+        <x:v>596625</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="Q219" s="4" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="R219" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="Q219" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>596628</x:v>
+        <x:v>596627</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>596617</x:v>
+        <x:v>596615</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>596626</x:v>
+        <x:v>596617</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>596629</x:v>
+        <x:v>596626</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>596615</x:v>
+        <x:v>596629</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
@@ -15601,60 +15596,60 @@
       <x:c r="G229" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>594099</x:v>
+        <x:v>594088</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
@@ -15667,51 +15662,51 @@
       <x:c r="K230" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>594088</x:v>
+        <x:v>594091</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
@@ -15721,51 +15716,51 @@
       <x:c r="K231" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>594091</x:v>
+        <x:v>594098</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
@@ -15778,495 +15773,495 @@
       <x:c r="K232" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>594098</x:v>
+        <x:v>594094</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>594094</x:v>
+        <x:v>594096</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>594096</x:v>
+        <x:v>594101</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="Q235" s="4" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="R235" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
-      <x:c r="Q235" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>594101</x:v>
+        <x:v>594093</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>516</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>516</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>517</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>594093</x:v>
+        <x:v>594097</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>594097</x:v>
+        <x:v>594104</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>519</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>520</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="Q238" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
-      <x:c r="Q238" s="16" t="s">
+      <x:c r="R238" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
-      <x:c r="R238" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>594104</x:v>
+        <x:v>594092</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>594092</x:v>
+        <x:v>594100</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>525</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="Q240" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
-      <x:c r="Q240" s="16" t="s">
+      <x:c r="R240" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
-      <x:c r="R240" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>594100</x:v>
+        <x:v>594102</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
@@ -16276,51 +16271,51 @@
       <x:c r="K241" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>594102</x:v>
+        <x:v>594105</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
@@ -16333,51 +16328,51 @@
       <x:c r="K242" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>594105</x:v>
+        <x:v>594089</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
@@ -16546,60 +16541,60 @@
         <x:v>539</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>539</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>594089</x:v>
+        <x:v>594099</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>37427</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
@@ -16618,51 +16613,51 @@
       <x:c r="M247" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>546848</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>37427</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">