--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -449,114 +449,114 @@
   <x:si>
     <x:t>Philosophie</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention philosophie</x:t>
   </x:si>
   <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
-    <x:t>Public de la formation initiale</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2029 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Licence mention lettres parcours lettres modernes</x:t>
   </x:si>
   <x:si>
     <x:t>Littérature</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention lettres parcours lettres et livre</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention lettres parcours lettres et écriture</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention lettres parcours double licence droit-lettres</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention lettres</x:t>
   </x:si>
   <x:si>
+    <x:t>Avignon Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 01</x:t>
+  </x:si>
+  <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours trilangue</x:t>
   </x:si>
   <x:si>
     <x:t>Culture civilisation</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours russe</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours portugais</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours japonais</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours italien</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours hébreu et études juives</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours espagnol</x:t>
   </x:si>
@@ -2600,312 +2600,312 @@
       <x:c r="R26" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>564094</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>581282</x:v>
+        <x:v>614723</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>614723</x:v>
+        <x:v>613735</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>613735</x:v>
+        <x:v>581282</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>584267</x:v>
+        <x:v>581281</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>581281</x:v>
+        <x:v>584267</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>40616</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
@@ -2950,242 +2950,242 @@
         <x:v>124</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>40616</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>592579</x:v>
+        <x:v>592578</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>40616</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>592578</x:v>
+        <x:v>592579</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>575729</x:v>
+        <x:v>575728</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>575728</x:v>
+        <x:v>575729</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
@@ -3362,225 +3362,225 @@
         <x:v>140</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="Q40" s="16" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="R40" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="Q40" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>592378</x:v>
+        <x:v>592381</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>592379</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>592380</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>592381</x:v>
+        <x:v>592378</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
@@ -4229,170 +4229,170 @@
       <x:c r="J55" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>611996</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>575715</x:v>
+        <x:v>575716</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>575716</x:v>
+        <x:v>575715</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
@@ -4503,282 +4503,282 @@
         <x:v>166</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>592372</x:v>
+        <x:v>592371</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>592371</x:v>
+        <x:v>592372</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>592374</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>592373</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>581615</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
@@ -4797,51 +4797,51 @@
       <x:c r="J65" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>609278</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39697</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
@@ -4880,81 +4880,81 @@
       <x:c r="R66" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>575779</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39697</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>592201</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39697</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
@@ -4967,171 +4967,171 @@
       <x:c r="J68" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>592202</x:v>
+        <x:v>592200</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39697</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>592200</x:v>
+        <x:v>592203</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39697</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>592203</x:v>
+        <x:v>592202</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>