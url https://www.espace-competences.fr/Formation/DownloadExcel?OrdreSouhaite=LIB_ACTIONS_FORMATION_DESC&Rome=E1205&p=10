--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -353,62 +353,62 @@
   <x:si>
     <x:t>02/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel graphiste bloc de compétences 1 Concevoir et réaliser des compositions graphiques</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel graphiste BC3 Gérer et coordonner des projets de communication visuelle</x:t>
   </x:si>
   <x:si>
+    <x:t>02/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/05/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel graphiste BC 2 Développer des solutions visuelles innovantes et multimédia</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel graphiste BC 1 Concevoir et réaliser des compositions graphiques</x:t>
@@ -494,65 +494,65 @@
   <x:si>
     <x:t>Iscod</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel graphiste</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Visiplus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Visiplus</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI bloc de compétences 3 Réaliser, améliorer et animer des sites web</x:t>
   </x:si>
   <x:si>
     <x:t>Développement web</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI bloc de compétences 2 Contribuer à la gestion et au suivi d'un projet de communication numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI bloc de compétences 1 Concevoir les éléments graphiques d'une interface et de supports de communication</x:t>
@@ -584,56 +584,56 @@
   <x:si>
     <x:t>Performa - Antenne Saint Raphaël</x:t>
   </x:si>
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Escial Académie</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/31/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
   </x:si>
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
   <x:si>
     <x:t>Aleo Innovation</x:t>
   </x:si>
   <x:si>
     <x:t>13770</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Alpes Développement Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ADF</x:t>
@@ -665,59 +665,59 @@
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI - CCP 3 : réaliser, améliorer et animer des sites web</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI - CCP 2 : contribuer à la gestion et au suivi d'un projet de communication numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI - CCP 1 : concevoir les éléments graphiques d'une interface et de supports de communication</x:t>
   </x:si>
   <x:si>
+    <x:t>12/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/09/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel concepteur designer UI</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2025 00:00:00</x:t>
@@ -758,137 +758,137 @@
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Label Emmaus</x:t>
   </x:si>
   <x:si>
     <x:t>93130</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Public immigré</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
-    <x:t>06/14/2026 00:00:00</x:t>
-[...8 lines deleted...]
-    <x:t>05/15/2026 00:00:00</x:t>
+    <x:t>05/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Optim'hum</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
-    <x:t>05/01/2025 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Evolusio Formations</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Techniques de réalisation audiovisuelle</x:t>
   </x:si>
   <x:si>
     <x:t>Les Ateliers de l'Image et du Son</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Conception réalisation audiovisuelle</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Symfony - Développement web moderne</x:t>
   </x:si>
   <x:si>
     <x:t>Framework Symfony</x:t>
   </x:si>
   <x:si>
     <x:t>Skillers - Métiers de l'informatique et du développement web</x:t>
   </x:si>
   <x:si>
     <x:t>Sketchup Pro : Initiation + Approfondissement</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel SketchUp</x:t>
   </x:si>
   <x:si>
+    <x:t>Dawan - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13002</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Dawan - Antenne Marseille</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>SketchUp Pro - Les essentiels</x:t>
   </x:si>
   <x:si>
     <x:t>Kh Europe Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83370</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SketchUp avec Twinmotion pour l’animation architecturale</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Scripte pour le cinéma</x:t>
   </x:si>
   <x:si>
     <x:t>Cifap</x:t>
@@ -1850,68 +1850,68 @@
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecrire et monter une séquence magazine TV</x:t>
   </x:si>
   <x:si>
     <x:t>Vigie Academy</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans , Public de la formation initiale , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>DNA option design</x:t>
   </x:si>
   <x:si>
+    <x:t>Beaux-Arts de Marseille - Ecole supérieure publique d'art et de design</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Art</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Les Beaux-Arts de Marseille - INSEAMM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
+  </x:si>
+  <x:si>
     <x:t>ESADTPM</x:t>
   </x:si>
   <x:si>
-    <x:t>Art</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>DNA option art</x:t>
   </x:si>
   <x:si>
     <x:t>École supérieure d'art d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure d'art d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>École supérieure d'art d'Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84090</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure d'art d'Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 9</x:t>
   </x:si>
   <x:si>
     <x:t>École nationale supérieure d'art Villa Arson</x:t>
   </x:si>
   <x:si>
     <x:t>06105</x:t>
@@ -2015,56 +2015,56 @@
   <x:si>
     <x:t>Publicité</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Directeur artistique multimédia</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Directeur artistique en stratégie et design de marque (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Intuit Lab Pro</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Intuit Lab Pro - Antenne Marseille</x:t>
   </x:si>
   <x:si>
+    <x:t>09/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/08/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/10/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>directeur artistique en design graphique</x:t>
   </x:si>
   <x:si>
     <x:t>École Supérieure de Design Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure de design, d'arts appliqués et de communication - ESD</x:t>
   </x:si>
   <x:si>
     <x:t>École Supérieure de Design Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>ESDAC</x:t>
   </x:si>
   <x:si>
     <x:t>Directeur artistique de projets en communication visuelle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>directeur artistique de projets en communication visuelle</x:t>
@@ -2444,59 +2444,59 @@
   <x:si>
     <x:t>Chef de projet digitaux spécialisation design UX-UI (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet digitaux spécialisation création et Digital Design - Spécialité Motion Design (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet digitaux spécialisation création et Digital Design - Spécialité Design UX-UI (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet digitaux spécialisation communication, marketing et évènementiel (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet digitaux spécialisation chef de projet digital (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet digitaux</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet digital (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Ri7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
     <x:t>Informatique - Systèmes d’information et numérique</x:t>
   </x:si>
   <x:si>
-    <x:t>Ri7</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet digital</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet digital (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2025 00:00:00</x:t>
@@ -2846,66 +2846,66 @@
   <x:si>
     <x:t>Site web adaptatif</x:t>
   </x:si>
   <x:si>
     <x:t>Simplon.co|Simplon.co - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>année préparatoire publique aux concours des écoles supérieures d'art et de design</x:t>
   </x:si>
   <x:si>
+    <x:t>École municipale d'arts plastiques EMAP - Villa Thiole</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole municipale d'arts plastiques EMAP - Villa Thiole</x:t>
+  </x:si>
+  <x:si>
     <x:t>École d'arts intercommunale de Digne-Les-Bains</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole d'arts intercommunale de Digne-Les-Bains</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Ecole municipale d'arts plastiques EMAP - Villa Thiole</x:t>
   </x:si>
   <x:si>
     <x:t>année préparatoire privée aux concours des écoles supérieures d'art et design</x:t>
   </x:si>
   <x:si>
     <x:t>École Intuit-lab</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Intuit-lab</x:t>
   </x:si>
   <x:si>
     <x:t>After Effects CC 2022 - Initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel traitement image</x:t>
   </x:si>
   <x:si>
     <x:t>Affinity photo</x:t>
   </x:si>
   <x:si>
     <x:t>Adobe InDesign</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2025 00:00:00</x:t>
   </x:si>
@@ -4610,51 +4610,51 @@
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>581311</x:v>
+        <x:v>581310</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -4664,51 +4664,51 @@
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>581310</x:v>
+        <x:v>581311</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
@@ -5645,273 +5645,273 @@
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>581281</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>581282</x:v>
+        <x:v>614723</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>584267</x:v>
+        <x:v>613735</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>613735</x:v>
+        <x:v>584267</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>614723</x:v>
+        <x:v>581282</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -5993,87 +5993,87 @@
       <x:c r="R46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>581280</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>602508</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
@@ -6104,528 +6104,528 @@
       <x:c r="R48" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>564094</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>578771</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>559191</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>578779</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>559196</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>578780</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>578770</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>559189</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>616374</x:v>
+        <x:v>616375</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>616375</x:v>
+        <x:v>616374</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
@@ -7015,146 +7015,146 @@
       <x:c r="S64" s="14" t="n">
         <x:v>601957</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>599570</x:v>
+        <x:v>553394</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>553394</x:v>
+        <x:v>599570</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
@@ -7170,51 +7170,51 @@
       <x:c r="M67" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>553488</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
@@ -7747,114 +7747,114 @@
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>584782</x:v>
+        <x:v>584783</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>584783</x:v>
+        <x:v>584782</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -8080,114 +8080,114 @@
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>585495</x:v>
+        <x:v>585494</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>585494</x:v>
+        <x:v>585495</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -9102,811 +9102,811 @@
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>579220</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>571755</x:v>
+        <x:v>601114</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>584769</x:v>
+        <x:v>601117</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>559215</x:v>
+        <x:v>584767</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>567241</x:v>
+        <x:v>615571</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>601114</x:v>
+        <x:v>588093</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>601117</x:v>
+        <x:v>572509</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>584767</x:v>
+        <x:v>572510</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>615571</x:v>
+        <x:v>567241</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>588093</x:v>
+        <x:v>567236</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>572509</x:v>
+        <x:v>567237</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>572510</x:v>
+        <x:v>584769</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="Q113" s="4" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="R113" s="0" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="S113" s="0" t="n">
+        <x:v>608724</x:v>
+      </x:c>
+      <x:c r="T113" s="4" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="U113" s="4" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>567236</x:v>
+        <x:v>559215</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>567237</x:v>
+        <x:v>571755</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -9973,276 +9973,275 @@
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>584765</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>223</x:v>
-[...1 lines deleted...]
-      <x:c r="H118" s="14" t="s"/>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H118" s="14" t="s">
+        <x:v>131</x:v>
+      </x:c>
       <x:c r="I118" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>608724</x:v>
+        <x:v>552021</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>130</x:v>
-[...2 lines deleted...]
-        <x:v>131</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>552021</x:v>
+        <x:v>583489</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>616390</x:v>
+        <x:v>602833</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>602833</x:v>
+        <x:v>616390</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
@@ -10328,256 +10327,256 @@
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>615573</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>578821</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>584756</x:v>
+        <x:v>571756</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>613747</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>571756</x:v>
+        <x:v>584756</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
@@ -10701,186 +10700,186 @@
         <x:v>76</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>613022</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>581463</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>72502</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>505621</x:v>
+        <x:v>505620</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>72502</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="R133" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="S133" s="0" t="n">
+        <x:v>505621</x:v>
+      </x:c>
+      <x:c r="T133" s="4" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>255</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
@@ -11162,241 +11161,241 @@
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>583199</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>34413</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>559227</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>34413</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>559224</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>34413</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>559188</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>34413</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>559230</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
@@ -11495,75 +11494,75 @@
       <x:c r="T145" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>39256</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>593728</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>289</x:v>
@@ -13533,258 +13532,258 @@
       <x:c r="I185" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>616636</x:v>
+        <x:v>616592</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>616662</x:v>
+        <x:v>616594</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>616665</x:v>
+        <x:v>616636</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>616592</x:v>
+        <x:v>616662</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>616594</x:v>
+        <x:v>616665</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>320</x:v>
@@ -13994,876 +13993,876 @@
         <x:v>320</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>605307</x:v>
+        <x:v>616657</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>605325</x:v>
+        <x:v>616667</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>605328</x:v>
+        <x:v>616672</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>605329</x:v>
+        <x:v>605307</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>616657</x:v>
+        <x:v>605325</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>616667</x:v>
+        <x:v>605328</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>616672</x:v>
+        <x:v>605329</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>616596</x:v>
+        <x:v>605304</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>616598</x:v>
+        <x:v>605314</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>616595</x:v>
+        <x:v>605327</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>616654</x:v>
+        <x:v>605332</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>616659</x:v>
+        <x:v>605287</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>605304</x:v>
+        <x:v>616654</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>605314</x:v>
+        <x:v>616659</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>605327</x:v>
+        <x:v>616595</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>605332</x:v>
+        <x:v>616596</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>605287</x:v>
+        <x:v>616598</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>27</x:v>
@@ -15444,338 +15443,338 @@
         <x:v>320</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>605319</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>542400</x:v>
+        <x:v>616637</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>616593</x:v>
+        <x:v>616664</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>616637</x:v>
+        <x:v>616666</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>616664</x:v>
+        <x:v>616669</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>616666</x:v>
+        <x:v>542400</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>616669</x:v>
+        <x:v>616593</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
@@ -16011,75 +16010,75 @@
       <x:c r="T233" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>38268</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>597374</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>23</x:v>
@@ -16402,51 +16401,51 @@
       <x:c r="M241" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>72710</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>577968</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
@@ -16455,51 +16454,51 @@
       <x:c r="M242" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>72710</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>577974</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>27</x:v>
@@ -17040,51 +17039,51 @@
       <x:c r="I253" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>606183</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
@@ -17531,130 +17530,130 @@
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>526923</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>36987</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>46336</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>578839</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>36987</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>46336</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>559235</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
@@ -18504,156 +18503,156 @@
       <x:c r="I279" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>568138</x:v>
+        <x:v>568141</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>568141</x:v>
+        <x:v>568142</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>568142</x:v>
+        <x:v>568138</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>443</x:v>
@@ -19090,174 +19089,174 @@
       <x:c r="I290" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>606165</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>592363</x:v>
+        <x:v>606166</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>392</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>392</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>606166</x:v>
+        <x:v>592363</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>38935</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -19772,72 +19771,72 @@
         <x:v>261</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>542297</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>595387</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
@@ -21054,73 +21053,73 @@
         <x:v>534206</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>595126</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>508</x:v>
@@ -21298,51 +21297,51 @@
       <x:c r="M332" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>590018</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>40237</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -21414,51 +21413,51 @@
       <x:c r="M334" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>590017</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>40237</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -21489,75 +21488,75 @@
       <x:c r="T335" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>35213</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>597110</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>38143</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
@@ -21808,57 +21807,57 @@
       <x:c r="K341" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>608949</x:v>
+        <x:v>590020</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>40243</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
@@ -21867,57 +21866,57 @@
       <x:c r="K342" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>590020</x:v>
+        <x:v>608949</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>38143</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -23682,75 +23681,75 @@
       <x:c r="S374" s="14" t="n">
         <x:v>592183</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>40555</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>46276</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>592575</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>39855</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
@@ -24169,51 +24168,51 @@
       <x:c r="M383" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>46327</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>600980</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
@@ -24417,318 +24416,318 @@
         <x:v>590</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s"/>
       <x:c r="K388" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>615360</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="P389" s="0" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="Q389" s="4" t="s">
         <x:v>594</x:v>
       </x:c>
-      <x:c r="P389" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>595946</x:v>
+        <x:v>595945</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>595</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>596</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>597</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>596</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>595945</x:v>
+        <x:v>595946</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>595942</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>593</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>593</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>595939</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>595941</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
@@ -24741,51 +24740,51 @@
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>595944</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
@@ -24795,117 +24794,117 @@
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>595940</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>595</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>596</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="P396" s="14" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="Q396" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
-      <x:c r="P396" s="14" t="s">
+      <x:c r="R396" s="14" t="s">
         <x:v>597</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>598</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>595943</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
@@ -26230,97 +26229,97 @@
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>554177</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
-        <x:v>37662</x:v>
+        <x:v>34814</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
-        <x:v>34074</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>554153</x:v>
+        <x:v>553366</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
@@ -26346,97 +26345,97 @@
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>601680</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
-        <x:v>34814</x:v>
+        <x:v>37662</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="E423" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>553366</x:v>
+        <x:v>554153</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
@@ -26774,165 +26773,165 @@
       <x:c r="I430" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>601426</x:v>
+        <x:v>589563</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>40164</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="E431" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>589563</x:v>
+        <x:v>601426</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>38595</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>596996</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>38595</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
@@ -27145,75 +27144,75 @@
       <x:c r="S436" s="14" t="n">
         <x:v>614354</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>39251</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>592173</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>39251</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
@@ -27309,184 +27308,184 @@
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>592520</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
-        <x:v>595</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
-        <x:v>596</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="P440" s="14" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="Q440" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
-      <x:c r="P440" s="14" t="s">
+      <x:c r="R440" s="14" t="s">
         <x:v>597</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>598</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>595535</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="P441" s="0" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="Q441" s="4" t="s">
         <x:v>594</x:v>
       </x:c>
-      <x:c r="P441" s="0" t="s">
+      <x:c r="R441" s="0" t="s">
         <x:v>597</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>598</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>595533</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>595534</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
@@ -27496,51 +27495,51 @@
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>595530</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
@@ -27553,51 +27552,51 @@
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>595529</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
@@ -27607,111 +27606,111 @@
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>595531</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
-        <x:v>593</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
-        <x:v>593</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>595532</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
@@ -28346,75 +28345,75 @@
       <x:c r="U458" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>34999</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="E459" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="H459" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>564566</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>39367</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
@@ -29139,75 +29138,75 @@
       <x:c r="S472" s="14" t="n">
         <x:v>592193</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>39221</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>592194</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>38518</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
@@ -29358,189 +29357,189 @@
         <x:v>509</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>606171</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="C477" s="3" t="s"/>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>559254</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="C478" s="15" t="s"/>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s"/>
       <x:c r="K478" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>613710</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="C479" s="3" t="s"/>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>613707</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="C480" s="15" t="s"/>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="I480" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s"/>
       <x:c r="K480" s="14" t="s">
         <x:v>710</x:v>
@@ -31441,57 +31440,57 @@
       <x:c r="K516" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>601652</x:v>
+        <x:v>509358</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="E517" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -31557,57 +31556,57 @@
       <x:c r="K518" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>509358</x:v>
+        <x:v>601652</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>641</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="E519" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -31800,157 +31799,157 @@
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>554162</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
-        <x:v>584120</x:v>
+        <x:v>596741</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
-        <x:v>279</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
-        <x:v>596741</x:v>
+        <x:v>584120</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="G525" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -32146,75 +32145,75 @@
       <x:c r="S528" s="14" t="n">
         <x:v>578910</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
         <x:v>38244</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="G529" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
         <x:v>597373</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
         <x:v>37816</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
@@ -32776,73 +32775,73 @@
         <x:v>596998</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="C540" s="15" t="s"/>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s"/>
       <x:c r="K540" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>46301</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
         <x:v>588196</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="C541" s="3" t="s"/>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
         <x:v>772</x:v>
@@ -32878,73 +32877,73 @@
         <x:v>595143</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="C542" s="15" t="s"/>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s"/>
       <x:c r="K542" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
         <x:v>595142</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
         <x:v>39107</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
@@ -34132,428 +34131,428 @@
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
         <x:v>593231</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
-        <x:v>574074</x:v>
+        <x:v>593232</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
-        <x:v>582</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="G565" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
-        <x:v>593232</x:v>
+        <x:v>574074</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
         <x:v>38018</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K566" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c r="P566" s="14" t="s">
         <x:v>791</x:v>
       </x:c>
-      <x:c r="P566" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q566" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
-        <x:v>608948</x:v>
+        <x:v>547284</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>795</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
         <x:v>38018</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="E567" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
-        <x:v>793</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
-        <x:v>793</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
-        <x:v>547284</x:v>
+        <x:v>608948</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>794</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
-        <x:v>795</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>38018</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
-        <x:v>792</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
-        <x:v>793</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K568" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c r="P568" s="14" t="s">
         <x:v>791</x:v>
       </x:c>
-      <x:c r="P568" s="14" t="s">
+      <x:c r="Q568" s="16" t="s">
         <x:v>792</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>793</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
         <x:v>602176</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
         <x:v>796</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
         <x:v>38018</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="E569" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
         <x:v>553363</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
         <x:v>38018</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s"/>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K570" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
-        <x:v>791</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
         <x:v>579002</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
@@ -34566,51 +34565,51 @@
       <x:c r="G571" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H571" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
         <x:v>584951</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
         <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
@@ -34625,51 +34624,51 @@
       <x:c r="G572" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I572" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K572" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
-        <x:v>791</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
         <x:v>615683</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
         <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
@@ -34679,51 +34678,51 @@
         <x:v>38018</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="G573" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
         <x:v>574456</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
@@ -34738,93 +34737,93 @@
       <x:c r="G574" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I574" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
-        <x:v>791</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
         <x:v>578602</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="E575" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H575" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
@@ -34976,117 +34975,117 @@
         <x:v>813</x:v>
       </x:c>
       <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K578" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
-        <x:v>813</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
-        <x:v>732</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
-        <x:v>601588</x:v>
+        <x:v>601589</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="C579" s="3" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="E579" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
-        <x:v>601589</x:v>
+        <x:v>601588</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="C580" s="15" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
         <x:v>817</x:v>
@@ -35107,323 +35106,323 @@
       <x:c r="M580" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
         <x:v>598972</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="C581" s="3" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="G581" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="H581" s="0" t="s">
+        <x:v>806</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J581" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
-        <x:v>592277</x:v>
+        <x:v>608140</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="C582" s="15" t="n">
-        <x:v>41125</x:v>
+        <x:v>39741</x:v>
       </x:c>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s"/>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
-        <x:v>821</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K582" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
-        <x:v>46081</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
-        <x:v>822</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
-        <x:v>823</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
-        <x:v>592832</x:v>
+        <x:v>592277</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
-        <x:v>39741</x:v>
+        <x:v>41125</x:v>
       </x:c>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="G583" s="0" t="s">
-        <x:v>805</x:v>
-[...2 lines deleted...]
-        <x:v>806</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
-        <x:v>46354</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
-        <x:v>608140</x:v>
+        <x:v>592832</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="C584" s="15" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s"/>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H584" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="I584" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K584" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
         <x:v>608139</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="C585" s="3" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="G585" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H585" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
         <x:v>610970</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="C586" s="15" t="n">
         <x:v>41125</x:v>
       </x:c>
       <x:c r="D586" s="15" t="s"/>
@@ -35469,245 +35468,245 @@
       <x:c r="T586" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="G587" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H587" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
         <x:v>588400</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
         <x:v>789</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="C588" s="15" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s"/>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H588" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="I588" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K588" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
         <x:v>610971</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="C589" s="3" t="s"/>
       <x:c r="D589" s="3" t="s"/>
       <x:c r="G589" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="M589" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N589" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O589" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="P589" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q589" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R589" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S589" s="0" t="n">
-        <x:v>542265</x:v>
+        <x:v>576454</x:v>
       </x:c>
       <x:c r="T589" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U589" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:21">
       <x:c r="A590" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B590" s="14" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="C590" s="15" t="s"/>
       <x:c r="D590" s="15" t="s"/>
       <x:c r="E590" s="14" t="s"/>
       <x:c r="F590" s="14" t="s"/>
       <x:c r="G590" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H590" s="14" t="s"/>
       <x:c r="I590" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J590" s="14" t="s"/>
       <x:c r="K590" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L590" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M590" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N590" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O590" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="P590" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
-        <x:v>576454</x:v>
+        <x:v>542265</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="C591" s="3" t="s"/>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="G591" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
         <x:v>26</x:v>
@@ -37359,54 +37358,54 @@
       <x:c r="F620" s="14" t="s"/>
       <x:c r="G620" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H620" s="14" t="s"/>
       <x:c r="I620" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J620" s="14" t="s"/>
       <x:c r="K620" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L620" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M620" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N620" s="15" t="n">
         <x:v>71140</x:v>
       </x:c>
       <x:c r="O620" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="P620" s="14" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="Q620" s="16" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
       <x:c r="R620" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S620" s="14" t="n">
         <x:v>505740</x:v>
       </x:c>
       <x:c r="T620" s="16" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="U620" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:21">
       <x:c r="A621" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="C621" s="3" t="s"/>
       <x:c r="D621" s="3" t="s"/>
       <x:c r="G621" s="0" t="s">
         <x:v>23</x:v>
@@ -37716,51 +37715,51 @@
         <x:v>41002</x:v>
       </x:c>
       <x:c r="D627" s="3" t="s"/>
       <x:c r="G627" s="0" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M627" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N627" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O627" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="P627" s="0" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
         <x:v>592414</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
@@ -39338,72 +39337,72 @@
         <x:v>51</x:v>
       </x:c>
       <x:c r="S656" s="14" t="n">
         <x:v>612081</x:v>
       </x:c>
       <x:c r="T656" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U656" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:21">
       <x:c r="A657" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="C657" s="3" t="s"/>
       <x:c r="D657" s="3" t="s"/>
       <x:c r="G657" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="I657" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="K657" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L657" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M657" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N657" s="3" t="n">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="O657" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="P657" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="Q657" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R657" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S657" s="0" t="n">
         <x:v>590882</x:v>
       </x:c>
       <x:c r="T657" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="U657" s="4" t="s">
         <x:v>914</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:21">
       <x:c r="A658" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B658" s="14" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="C658" s="15" t="s"/>
       <x:c r="D658" s="15" t="s"/>
       <x:c r="E658" s="14" t="s"/>
       <x:c r="F658" s="14" t="s"/>
@@ -39692,281 +39691,281 @@
       <x:c r="R663" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S663" s="0" t="n">
         <x:v>615584</x:v>
       </x:c>
       <x:c r="T663" s="4" t="s">
         <x:v>923</x:v>
       </x:c>
       <x:c r="U663" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:21">
       <x:c r="A664" s="13" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B664" s="14" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="C664" s="15" t="s"/>
       <x:c r="D664" s="15" t="s"/>
       <x:c r="E664" s="14" t="s"/>
       <x:c r="F664" s="14" t="s"/>
       <x:c r="G664" s="14" t="s">
-        <x:v>595</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="H664" s="14" t="s"/>
       <x:c r="I664" s="16" t="s">
-        <x:v>596</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="J664" s="14" t="s"/>
       <x:c r="K664" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L664" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M664" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N664" s="15" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O664" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="P664" s="14" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="Q664" s="16" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="R664" s="14" t="s">
         <x:v>597</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>598</x:v>
       </x:c>
       <x:c r="S664" s="14" t="n">
         <x:v>594641</x:v>
       </x:c>
       <x:c r="T664" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U664" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:21">
       <x:c r="A665" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="C665" s="3" t="s"/>
       <x:c r="D665" s="3" t="s"/>
       <x:c r="G665" s="0" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="I665" s="4" t="s">
-        <x:v>926</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K665" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L665" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M665" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N665" s="3" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O665" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="P665" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="Q665" s="4" t="s">
-        <x:v>926</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R665" s="0" t="s">
-        <x:v>928</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S665" s="0" t="n">
-        <x:v>594643</x:v>
+        <x:v>594642</x:v>
       </x:c>
       <x:c r="T665" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U665" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:21">
       <x:c r="A666" s="13" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B666" s="14" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="C666" s="15" t="s"/>
       <x:c r="D666" s="15" t="s"/>
       <x:c r="E666" s="14" t="s"/>
       <x:c r="F666" s="14" t="s"/>
       <x:c r="G666" s="14" t="s">
-        <x:v>929</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="H666" s="14" t="s"/>
       <x:c r="I666" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="J666" s="14" t="s"/>
       <x:c r="K666" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L666" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M666" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N666" s="15" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O666" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="P666" s="14" t="s">
+        <x:v>929</x:v>
+      </x:c>
+      <x:c r="Q666" s="16" t="s">
+        <x:v>928</x:v>
+      </x:c>
+      <x:c r="R666" s="14" t="s">
         <x:v>930</x:v>
       </x:c>
-      <x:c r="Q666" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S666" s="14" t="n">
-        <x:v>594642</x:v>
+        <x:v>594643</x:v>
       </x:c>
       <x:c r="T666" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U666" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:21">
       <x:c r="A667" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="C667" s="3" t="s"/>
       <x:c r="D667" s="3" t="s"/>
       <x:c r="G667" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="I667" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="K667" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L667" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M667" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N667" s="3" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O667" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="P667" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q667" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R667" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S667" s="0" t="n">
         <x:v>597372</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U667" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="C668" s="15" t="s"/>
       <x:c r="D668" s="15" t="s"/>
       <x:c r="E668" s="14" t="s"/>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="H668" s="14" t="s"/>
       <x:c r="I668" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J668" s="14" t="s"/>
       <x:c r="K668" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L668" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M668" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N668" s="15" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O668" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="P668" s="14" t="s">
         <x:v>933</x:v>
       </x:c>
       <x:c r="Q668" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R668" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S668" s="14" t="n">
         <x:v>597371</x:v>
       </x:c>
       <x:c r="T668" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U668" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:21">
       <x:c r="A669" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>934</x:v>
       </x:c>
       <x:c r="C669" s="3" t="s"/>
       <x:c r="D669" s="3" t="s"/>
       <x:c r="G669" s="0" t="s">
         <x:v>259</x:v>
@@ -40151,140 +40150,140 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
         <x:v>576396</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="C673" s="3" t="s"/>
       <x:c r="D673" s="3" t="s"/>
       <x:c r="G673" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="I673" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
-        <x:v>615301</x:v>
+        <x:v>580320</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="C674" s="15" t="s"/>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s"/>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="H674" s="14" t="s"/>
       <x:c r="I674" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J674" s="14" t="s"/>
       <x:c r="K674" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L674" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M674" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N674" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O674" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="P674" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="Q674" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R674" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S674" s="14" t="n">
-        <x:v>580320</x:v>
+        <x:v>615301</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="C675" s="3" t="s"/>
       <x:c r="D675" s="3" t="s"/>
       <x:c r="G675" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I675" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K675" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L675" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M675" s="0" t="s">
         <x:v>27</x:v>
@@ -40441,51 +40440,51 @@
       <x:c r="L678" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M678" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N678" s="15" t="n">
         <x:v>72730</x:v>
       </x:c>
       <x:c r="O678" s="14" t="s">
         <x:v>940</x:v>
       </x:c>
       <x:c r="P678" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q678" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R678" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S678" s="14" t="n">
         <x:v>576392</x:v>
       </x:c>
       <x:c r="T678" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U678" s="16" t="s">
         <x:v>941</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:21">
       <x:c r="A679" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>939</x:v>
       </x:c>
       <x:c r="C679" s="3" t="s"/>
       <x:c r="D679" s="3" t="s"/>
       <x:c r="G679" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I679" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K679" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L679" s="0" t="s">
         <x:v>33</x:v>