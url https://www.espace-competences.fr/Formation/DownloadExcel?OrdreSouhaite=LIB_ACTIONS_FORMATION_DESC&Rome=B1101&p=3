--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -632,72 +632,72 @@
   <x:si>
     <x:t>Beaux-Arts de Marseille - Ecole supérieure publique d'art et de design</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>Les Beaux-Arts de Marseille - INSEAMM</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>DNA option art</x:t>
   </x:si>
   <x:si>
     <x:t>École supérieure d'art d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure d'art d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>École supérieure d'art d'Avignon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole supérieure d'art d'Avignon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 9</x:t>
+  </x:si>
+  <x:si>
     <x:t>École nationale supérieure d'art Villa Arson</x:t>
   </x:si>
   <x:si>
     <x:t>06105</x:t>
   </x:si>
   <x:si>
     <x:t>Villa Arson</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 02</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>AVIGNON CEDEX 9</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme national supérieur d'expression plastique option design</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme de l'École nationale supérieure de la photographie d'Arles</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Nationale Supérieure de la Photographie</x:t>
   </x:si>
   <x:si>
     <x:t>ENSP</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Photographie</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
@@ -4189,216 +4189,216 @@
       <x:c r="K52" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>595944</x:v>
+        <x:v>595940</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>595940</x:v>
+        <x:v>595941</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>595941</x:v>
+        <x:v>595939</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>595939</x:v>
+        <x:v>595944</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
@@ -4488,82 +4488,82 @@
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>595535</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>595530</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
@@ -4599,82 +4599,82 @@
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>595529</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>595531</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
@@ -4710,82 +4710,82 @@
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>595533</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>595534</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>28290</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>197</x:v>
       </x:c>