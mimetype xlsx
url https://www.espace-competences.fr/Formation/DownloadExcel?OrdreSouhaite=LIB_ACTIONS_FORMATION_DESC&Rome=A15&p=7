--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -245,74 +245,74 @@
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Toilettage canin et félin</x:t>
   </x:si>
   <x:si>
     <x:t>Faustine Sans - Happy Dog</x:t>
   </x:si>
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Snob Dog Academy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Snob Dog Academy</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Toilettage canin</x:t>
   </x:si>
   <x:si>
     <x:t>Chrestian - Centre Canin Azur Toilettage</x:t>
   </x:si>
   <x:si>
     <x:t>06220</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>VALLAURIS</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2026 00:00:00</x:t>
@@ -428,59 +428,59 @@
   <x:si>
     <x:t>06/30/2031 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ostéopathe pour animaux</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation d'Ostéopathes Animaliers</x:t>
   </x:si>
   <x:si>
     <x:t>IFOA</x:t>
   </x:si>
   <x:si>
     <x:t>13150</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>TARASCON</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/31/2030 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Institut de formation d'ostéopathes animaliers - IFOA</x:t>
   </x:si>
   <x:si>
     <x:t>Ostéopathe animalier</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine vétérinaire</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2021 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2022 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Naturopathie Animalière</x:t>
   </x:si>
   <x:si>
     <x:t>Naturopathe animalier</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Synergie Naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>ESN</x:t>
@@ -692,192 +692,192 @@
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Auxiliaire spécialisé vétérinaire (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Animal Pro Formation</x:t>
   </x:si>
   <x:si>
     <x:t>APFORM</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Auxiliaire spécialisé vétérinaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Belmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Secrétariat assistanat spécialisé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ÉRUDIS Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut des Métiers de la Filière Animale - Esav Institut Bonaparte - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX - LES MILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/13/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut des Métiers de la Filière Animale - Esav Institut Bonaparte - Antenne Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>ANTIBES</x:t>
-[...32 lines deleted...]
-    <x:t>07/31/2027 00:00:00</x:t>
+    <x:t>09/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/14/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/22/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut des Métiers de la Filière Animale - Esav Institut Bonaparte - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Auxiliaire spécialisé vétérinaire</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Institut Bonaparte</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupe Belmont</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>ÉRUDIS Formation</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Privé du Para-Médical</x:t>
   </x:si>
   <x:si>
     <x:t>IPAM</x:t>
   </x:si>
   <x:si>
     <x:t>59200</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Privé du Para-Médical - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
@@ -1837,189 +1837,189 @@
         <x:v>54</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
         <x:v>587691</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>587690</x:v>
+        <x:v>572606</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>572606</x:v>
+        <x:v>587690</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="R9" s="0" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>572607</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s"/>
       <x:c r="K10" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
@@ -2028,51 +2028,51 @@
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>543786</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
@@ -2208,75 +2208,75 @@
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>512132</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>41</x:v>
@@ -2284,51 +2284,51 @@
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>603763</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
@@ -2872,177 +2872,177 @@
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>564307</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="R28" s="14" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>572602</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="R29" s="0" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>572603</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
@@ -3102,57 +3102,57 @@
       <x:c r="K31" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>587697</x:v>
+        <x:v>541352</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38485</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
@@ -3161,54 +3161,54 @@
       <x:c r="K32" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>541352</x:v>
+        <x:v>587697</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38485</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -3366,51 +3366,51 @@
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>564303</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -3471,328 +3471,328 @@
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>616880</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>533260</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="R40" s="14" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>572599</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>616921</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="R42" s="14" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>572600</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>417771</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>39113</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>25</x:v>
@@ -4076,51 +4076,51 @@
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>21099</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>586101</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
@@ -4217,132 +4217,132 @@
       <x:c r="R51" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>592949</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>595476</x:v>
+        <x:v>595477</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>595477</x:v>
+        <x:v>595476</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>166</x:v>
@@ -4944,51 +4944,51 @@
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>494454</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37507</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
@@ -4998,786 +4998,782 @@
       <x:c r="J65" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>554552</x:v>
+        <x:v>510423</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>37507</x:v>
+        <x:v>40580</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>204</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>42024</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>510424</x:v>
+        <x:v>592559</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>607826</x:v>
+        <x:v>581477</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>37507</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>42024</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>510422</x:v>
+        <x:v>599688</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>37507</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>42024</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>510425</x:v>
+        <x:v>599691</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>40344</x:v>
+        <x:v>37507</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>42022</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>599688</x:v>
+        <x:v>554552</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>40344</x:v>
+        <x:v>37507</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>42022</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>599691</x:v>
+        <x:v>510424</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>37507</x:v>
+        <x:v>40358</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>42024</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>510423</x:v>
+        <x:v>607826</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>40358</x:v>
+        <x:v>37507</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>42022</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>581477</x:v>
+        <x:v>510422</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>40358</x:v>
+        <x:v>37507</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>42022</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>581478</x:v>
+        <x:v>510425</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>37507</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>42024</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>510426</x:v>
+        <x:v>573815</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>40344</x:v>
+        <x:v>40358</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>573815</x:v>
+        <x:v>581478</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>40344</x:v>
+        <x:v>37507</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>42022</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>599689</x:v>
+        <x:v>510426</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>40344</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>206</x:v>
@@ -5788,238 +5784,238 @@
       <x:c r="K78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>599692</x:v>
+        <x:v>599689</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>40358</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>607828</x:v>
+        <x:v>599692</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>40344</x:v>
+        <x:v>40358</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>573808</x:v>
+        <x:v>607828</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>40344</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>573816</x:v>
+        <x:v>573808</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>40344</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>206</x:v>
@@ -6030,57 +6026,57 @@
       <x:c r="K82" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>599690</x:v>
+        <x:v>573816</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>40344</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
@@ -6090,573 +6086,577 @@
       <x:c r="K83" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>573814</x:v>
+        <x:v>599690</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>40358</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
-      <x:c r="E84" s="14" t="s"/>
+      <x:c r="E84" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>573915</x:v>
+        <x:v>573814</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="H85" s="0" t="s">
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>606169</x:v>
+        <x:v>573915</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>40580</x:v>
+        <x:v>40358</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>575831</x:v>
+        <x:v>606169</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>40358</x:v>
+        <x:v>40580</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>197</x:v>
-[...2 lines deleted...]
-        <x:v>198</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>42022</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>599777</x:v>
+        <x:v>575831</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>106</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>40580</x:v>
+        <x:v>40358</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>248</x:v>
-[...1 lines deleted...]
-      <x:c r="H88" s="14" t="s"/>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s">
+        <x:v>198</x:v>
+      </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="Q88" s="16" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="R88" s="14" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="S88" s="14" t="n">
+        <x:v>599777</x:v>
+      </x:c>
+      <x:c r="T88" s="16" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="U88" s="16" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>40580</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>588114</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>40580</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>575913</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>40580</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>576800</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>40580</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>576802</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
@@ -6676,289 +6676,289 @@
       <x:c r="R93" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>598830</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>560871</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>560669</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>563954</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>35138</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>508785</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>560333</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>41108</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>36</x:v>
       </x:c>