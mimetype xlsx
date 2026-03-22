--- v0 (2026-03-22)
+++ v1 (2026-03-22)
@@ -248,126 +248,126 @@
   <x:si>
     <x:t>83175</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>Transport marchandise</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LPO Ste-Marie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Caucadis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP St-André (les Routiers)</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Alpilles</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>LP G Eiffel</x:t>
   </x:si>
   <x:si>
     <x:t>13682</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP M Casarès</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Dumas</x:t>
   </x:si>
   <x:si>
     <x:t>84300</x:t>
   </x:si>
   <x:si>
     <x:t>CAVAILLON</x:t>
   </x:si>
   <x:si>
+    <x:t>LP du Parc St-Jean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP la Floride</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP les Palmiers</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention logistique et transports internationaux</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Transport international marchandise</x:t>
   </x:si>
   <x:si>
     <x:t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS</x:t>
   </x:si>
   <x:si>
     <x:t>13226</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
@@ -1418,357 +1418,357 @@
       <x:c r="T7" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>40993</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>595777</x:v>
+        <x:v>595778</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>40993</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>595782</x:v>
+        <x:v>595779</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>40993</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>595774</x:v>
+        <x:v>595777</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>40993</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="I11" s="4" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q11" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q11" s="4" t="s">
+      <x:c r="R11" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="R11" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>595775</x:v>
+        <x:v>595782</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>40993</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="Q12" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="Q12" s="16" t="s">
+      <x:c r="R12" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="R12" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>595780</x:v>
+        <x:v>595774</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>40993</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="I13" s="4" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="Q13" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="Q13" s="4" t="s">
+      <x:c r="R13" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="R13" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>595784</x:v>
+        <x:v>595775</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>40993</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
@@ -1781,51 +1781,51 @@
       <x:c r="K14" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>595781</x:v>
+        <x:v>595780</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>40993</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -1835,51 +1835,51 @@
       <x:c r="K15" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>595783</x:v>
+        <x:v>595781</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>40993</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
@@ -1892,105 +1892,105 @@
       <x:c r="K16" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>595778</x:v>
+        <x:v>595783</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>40993</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>595779</x:v>
+        <x:v>595784</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>40063</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
@@ -2503,54 +2503,54 @@
       <x:c r="I27" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>31822</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>499829</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>40990</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
@@ -2562,54 +2562,54 @@
       <x:c r="I28" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>31822</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>548981</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>40991</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -2625,51 +2625,51 @@
       <x:c r="J29" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>583949</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40991</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -2740,54 +2740,54 @@
       <x:c r="I31" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>31839</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>499830</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>40991</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
@@ -2799,54 +2799,54 @@
       <x:c r="I32" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>548983</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>