--- v0 (2026-02-05)
+++ v1 (2026-02-06)
@@ -365,68 +365,68 @@
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>EPITECH - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte de systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
+    <x:t>Ecole pour l'Informatique et les Nouvelles Technologies - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ecole pour l'Informatique et les Nouvelles Technologies - Antenne Nice</x:t>
   </x:si>
   <x:si>
-    <x:t>12/29/2025 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Architecte de systèmes d'information (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte de systèmes d'information + Expert en management des systèmes d'information</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte de systèmes d'information + Expert en management des systèmes d'information (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Azure : Initiation et Approfondissement</x:t>
@@ -563,62 +563,62 @@
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité métiers du multimédia et de l'internet parcours développement web et dispositifs interactifs (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2029 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Ceph Administration avancée</x:t>
   </x:si>
   <x:si>
     <x:t>Vivaneo</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet logiciel et réseau</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi plus de 26 ans</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
@@ -683,56 +683,56 @@
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet systèmes, réseaux et sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>92100</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion réseau informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet systèmes, réseaux et sécurité spécialisation management et conseil en systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Chef de projet systèmes, réseaux et sécurité spécialisation sécurité informatique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet Web : Conduite de projet Web + Ergonomie de Sites Web</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion projet informatique</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire mathématiques, physique et sciences de l'ingénieur (MPSI), 1re année option informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thiers</x:t>
   </x:si>
   <x:si>
     <x:t>13232</x:t>
   </x:si>
   <x:si>
     <x:t>Physique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Masséna</x:t>
@@ -1388,54 +1388,54 @@
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84911</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de programmes et projets SI (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
+    <x:t>06/23/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/16/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de programmes et projets SI</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projet web digital (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Dcf - Academy Numérique</x:t>
   </x:si>
   <x:si>
     <x:t>04510</x:t>
   </x:si>
   <x:si>
     <x:t>Communication entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>LE CHAFFAUT-SAINT-JURSON</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
@@ -2770,212 +2770,212 @@
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>586940</x:v>
+        <x:v>586932</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>586949</x:v>
+        <x:v>586934</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>586932</x:v>
+        <x:v>586940</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>586934</x:v>
+        <x:v>586949</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>36</x:v>
@@ -3759,241 +3759,241 @@
       <x:c r="I30" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>568839</x:v>
+        <x:v>568842</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>568840</x:v>
+        <x:v>568843</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>568842</x:v>
+        <x:v>568839</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="Q33" s="4" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="R33" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="S33" s="0" t="n">
+        <x:v>568840</x:v>
+      </x:c>
+      <x:c r="T33" s="4" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
@@ -4336,51 +4336,51 @@
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>581270</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
@@ -4432,103 +4432,103 @@
         <x:v>128</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>569977</x:v>
+        <x:v>569967</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>569967</x:v>
+        <x:v>569977</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>132</x:v>
@@ -4827,57 +4827,57 @@
       <x:c r="K49" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>513899</x:v>
+        <x:v>556125</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="U49" s="4" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>160</x:v>
@@ -4894,51 +4894,51 @@
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>602560</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -4948,54 +4948,54 @@
       <x:c r="K51" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>556125</x:v>
+        <x:v>513899</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
@@ -5468,51 +5468,51 @@
       <x:c r="M60" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>600354</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
@@ -5528,51 +5528,51 @@
       <x:c r="M61" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>546302</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>191</x:v>
@@ -5589,51 +5589,51 @@
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>546303</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
@@ -5649,51 +5649,51 @@
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>600355</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
@@ -5708,51 +5708,51 @@
       <x:c r="M64" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>611125</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -5818,224 +5818,224 @@
       <x:c r="K66" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>535083</x:v>
+        <x:v>550731</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>550734</x:v>
+        <x:v>535083</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>550732</x:v>
+        <x:v>550734</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>550731</x:v>
+        <x:v>550732</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>179</x:v>
@@ -6113,51 +6113,51 @@
       <x:c r="M71" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>550733</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
@@ -6172,51 +6172,51 @@
       <x:c r="M72" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>550736</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -6282,108 +6282,108 @@
       <x:c r="K74" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>550735</x:v>
+        <x:v>535090</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>550738</x:v>
+        <x:v>550737</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>179</x:v>
@@ -6398,210 +6398,210 @@
       <x:c r="K76" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>535090</x:v>
+        <x:v>550735</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>550737</x:v>
+        <x:v>550738</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>31094</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>505900</x:v>
+        <x:v>505902</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>31094</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>505902</x:v>
+        <x:v>505900</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>211</x:v>
@@ -8194,51 +8194,51 @@
       <x:c r="L111" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>588346</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
@@ -8649,54 +8649,54 @@
       <x:c r="H120" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>616872</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38436</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
@@ -8709,54 +8709,54 @@
       <x:c r="H121" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>568847</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
@@ -9108,279 +9108,279 @@
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>581520</x:v>
+        <x:v>587050</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>587050</x:v>
+        <x:v>581520</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>587054</x:v>
+        <x:v>612079</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>612079</x:v>
+        <x:v>587054</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>581523</x:v>
+        <x:v>587058</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
@@ -9414,75 +9414,75 @@
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>587058</x:v>
+        <x:v>581523</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>25</x:v>
@@ -9609,156 +9609,156 @@
       <x:c r="M138" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>535038</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>606190</x:v>
+        <x:v>606189</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>606189</x:v>
+        <x:v>606190</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
@@ -10068,51 +10068,51 @@
       <x:c r="M146" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>534965</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -10184,51 +10184,51 @@
       <x:c r="M148" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>534966</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -10300,51 +10300,51 @@
       <x:c r="M150" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>534969</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -10473,51 +10473,51 @@
       <x:c r="M153" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>534967</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
@@ -10589,51 +10589,51 @@
       <x:c r="M155" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>534968</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>40363</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -10756,51 +10756,51 @@
       <x:c r="L158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>554510</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -11023,125 +11023,125 @@
       <x:c r="G163" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>588341</x:v>
+        <x:v>614355</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>614355</x:v>
+        <x:v>588341</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>36469</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -11154,51 +11154,51 @@
       <x:c r="M165" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>534876</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>36469</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
@@ -12190,51 +12190,51 @@
       <x:c r="M183" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>535022</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
@@ -12300,57 +12300,57 @@
       <x:c r="K185" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>550955</x:v>
+        <x:v>535023</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
@@ -12359,114 +12359,114 @@
       <x:c r="K186" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>535023</x:v>
+        <x:v>550955</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>551041</x:v>
+        <x:v>535024</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
@@ -12475,108 +12475,108 @@
       <x:c r="K188" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>535024</x:v>
+        <x:v>551039</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>551039</x:v>
+        <x:v>551041</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>179</x:v>
@@ -12597,51 +12597,51 @@
       <x:c r="M190" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>535025</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -12654,51 +12654,51 @@
       <x:c r="M191" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>535027</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
@@ -12764,57 +12764,57 @@
       <x:c r="K193" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>535026</x:v>
+        <x:v>551044</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
@@ -12823,57 +12823,57 @@
       <x:c r="K194" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>551044</x:v>
+        <x:v>535026</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>37985</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -14962,57 +14962,57 @@
       <x:c r="K233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>615679</x:v>
+        <x:v>578576</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>38599</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
@@ -15021,57 +15021,57 @@
       <x:c r="K234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>578576</x:v>
+        <x:v>615679</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="U234" s="16" t="s">
         <x:v>440</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>38599</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -15081,54 +15081,54 @@
       <x:c r="L235" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>578575</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="U235" s="4" t="s">
         <x:v>440</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>34394</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
@@ -15259,51 +15259,51 @@
       <x:c r="M238" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>46301</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>534875</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>35273</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -16231,51 +16231,51 @@
       <x:c r="L255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>501620</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38778</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
@@ -17357,51 +17357,51 @@
       <x:c r="I275" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>574955</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
@@ -17416,51 +17416,51 @@
       <x:c r="I276" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>574956</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
@@ -17473,51 +17473,51 @@
       <x:c r="I277" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>574957</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
@@ -17532,51 +17532,51 @@
       <x:c r="I278" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>574958</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
@@ -17589,51 +17589,51 @@
       <x:c r="I279" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>574959</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
@@ -17648,51 +17648,51 @@
       <x:c r="I280" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>574960</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>35908</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>