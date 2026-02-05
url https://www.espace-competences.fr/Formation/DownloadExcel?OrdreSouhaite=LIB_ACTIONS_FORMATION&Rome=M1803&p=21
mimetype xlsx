--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -476,395 +476,395 @@
   <x:si>
     <x:t>La Plateforme Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Création de maquette multi - plateformes avec Figma</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Médiation numérique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
+    <x:t>04/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blockchain - Module expert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - ACCES A L'EMPLOI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blockchain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Méditerranée Ordinateurs pour le Développement et l'Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité métiers du multimédia et de l'internet parcours développement web et dispositifs interactifs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Architecture orientée services</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité métiers du multimédia et de l'internet parcours développement web et dispositifs interactifs (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon - IUT La Garde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ceph Administration avancée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vivaneo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chef de projet logiciel et réseau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi plus de 26 ans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chef de projet logiciel et réseau spécialisation systèmes, réseaux et cloud computing (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sciences-U Lyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Igpepm - Groupe Eductive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chef de projet multimédia (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Création graphique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chef de projet système d'information (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut International Ingénierie Informatique et Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Système information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chef de projet systèmes, réseaux et sécurité (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion réseau informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maestris - Groupe Eductive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chef de projet systèmes, réseaux et sécurité spécialisation management et conseil en systèmes d'information (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chef de projet systèmes, réseaux et sécurité spécialisation sécurité informatique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chef de projet Web : Conduite de projet Web + Ergonomie de Sites Web</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion projet informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire mathématiques, physique et sciences de l'ingénieur (MPSI), 1re année option informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Thiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Physique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Masséna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée international de Valbonne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOPHIA ANTIPOLIS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire physique et sciences de l'ingénieur (PSI*), 2e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Électricité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Dumont d'Urville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Perrin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire physique et technologie (PT), 2e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Les Eucalyptus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Vauvenargues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Rouvière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire physique et technologie (PT*), 2e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Télécommunication</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire physique, technologie et sciences de l'ingénieur (PTSI), 1re année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire technologie et sciences industrielles (TSI), 1re année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Artaud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Ferry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Blockchain - Module expert</x:t>
-[...328 lines deleted...]
-  <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/16/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">cycle préparatoire intégré à l'ISEN Méditerranée - prépa ingénieur business, économie et numérique </x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">cycle préparatoire intégré à l'ISEN Méditerranée - prépa ingénieur informatique et numérique </x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>cycle préparatoire Intégré CESI - spécialité généraliste, BTP, informatique, systèmes embarqués</x:t>
   </x:si>
   <x:si>
     <x:t>CESI école d'ingénieurs - campus de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite travaux BTP</x:t>
@@ -1115,65 +1115,65 @@
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie du logiciel (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Iscod</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie et science des données (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse de données</x:t>
   </x:si>
   <x:si>
+    <x:t>01/21/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en ingénierie et science des données</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/21/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>04/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie informatique (systèmes et réseaux ou services et solutions logicielles)</x:t>
   </x:si>
   <x:si>
     <x:t>Ufip - Ufitech - Les Anglades</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie informatique spécialisation ingénierie de la blockchain (Apprentissage)</x:t>
@@ -1412,60 +1412,60 @@
   <x:si>
     <x:t>06/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de programmes et projets SI</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projet web digital (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Dcf - Academy Numérique</x:t>
   </x:si>
   <x:si>
     <x:t>04510</x:t>
   </x:si>
   <x:si>
     <x:t>Communication entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>LE CHAFFAUT-SAINT-JURSON</x:t>
   </x:si>
   <x:si>
+    <x:t>02/19/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projet web digital spécialisation marketing digital et e-business (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets informatiques</x:t>
   </x:si>
   <x:si>
     <x:t>Exxea</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>08/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/13/2026 00:00:00</x:t>
   </x:si>
@@ -2601,171 +2601,171 @@
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>586954</x:v>
+        <x:v>586945</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>586945</x:v>
+        <x:v>586953</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s"/>
       <x:c r="K10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>586953</x:v>
+        <x:v>586954</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
@@ -3382,51 +3382,51 @@
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>580866</x:v>
+        <x:v>580864</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>65</x:v>
@@ -3435,51 +3435,51 @@
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>580864</x:v>
+        <x:v>580866</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
@@ -4537,51 +4537,51 @@
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>576522</x:v>
+        <x:v>576521</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>140</x:v>
@@ -4827,54 +4827,54 @@
       <x:c r="K49" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>602560</x:v>
+        <x:v>556125</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>159</x:v>
@@ -4888,54 +4888,54 @@
       <x:c r="K50" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>556125</x:v>
+        <x:v>602560</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
@@ -5468,51 +5468,51 @@
       <x:c r="M60" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>600354</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
@@ -5528,51 +5528,51 @@
       <x:c r="M61" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>546302</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>191</x:v>
@@ -5589,51 +5589,51 @@
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>546303</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
@@ -5649,51 +5649,51 @@
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>600355</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
@@ -5708,51 +5708,51 @@
       <x:c r="M64" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>611125</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -5934,114 +5934,114 @@
       <x:c r="K68" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>550731</x:v>
+        <x:v>550732</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>550732</x:v>
+        <x:v>550731</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
@@ -6499,109 +6499,109 @@
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>31094</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>505902</x:v>
+        <x:v>505900</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>31094</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>505900</x:v>
+        <x:v>505902</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>211</x:v>
@@ -7679,51 +7679,51 @@
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>576521</x:v>
+        <x:v>576524</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>132</x:v>
@@ -7732,106 +7732,106 @@
       <x:c r="K102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>576520</x:v>
+        <x:v>576522</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>576524</x:v>
+        <x:v>576520</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
@@ -8957,124 +8957,124 @@
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>587055</x:v>
+        <x:v>581522</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>581522</x:v>
+        <x:v>587055</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
@@ -9108,279 +9108,279 @@
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>587050</x:v>
+        <x:v>581520</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>581520</x:v>
+        <x:v>587050</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>581523</x:v>
+        <x:v>587054</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>587054</x:v>
+        <x:v>612079</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>612079</x:v>
+        <x:v>581523</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
@@ -11148,57 +11148,57 @@
       <x:c r="K165" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>550917</x:v>
+        <x:v>534876</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>36469</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
@@ -11207,57 +11207,57 @@
       <x:c r="K166" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>534876</x:v>
+        <x:v>550917</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>35419</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -11377,232 +11377,232 @@
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>615688</x:v>
+        <x:v>578623</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>110</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>578623</x:v>
+        <x:v>578626</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>578626</x:v>
+        <x:v>615688</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="U171" s="4" t="s">
         <x:v>352</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>578624</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="U172" s="16" t="s">
         <x:v>352</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -11612,62 +11612,62 @@
       <x:c r="L173" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>578627</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="U173" s="4" t="s">
         <x:v>352</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -11728,54 +11728,54 @@
       <x:c r="L175" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>615689</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
@@ -11787,54 +11787,54 @@
       <x:c r="L176" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>615687</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -11855,51 +11855,51 @@
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>615664</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -11914,100 +11914,100 @@
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>610847</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>578622</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="U179" s="4" t="s">
         <x:v>349</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
@@ -12019,54 +12019,54 @@
       <x:c r="L180" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>578625</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="U180" s="16" t="s">
         <x:v>352</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -12234,60 +12234,60 @@
         <x:v>179</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>550955</x:v>
+        <x:v>550953</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
@@ -12300,348 +12300,348 @@
       <x:c r="K185" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>535023</x:v>
+        <x:v>550955</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>550953</x:v>
+        <x:v>535023</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>535024</x:v>
+        <x:v>551041</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>551041</x:v>
+        <x:v>535024</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>535025</x:v>
+        <x:v>551039</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>551039</x:v>
+        <x:v>535025</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -14797,51 +14797,51 @@
       <x:c r="L230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>577818</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>40319</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -15024,51 +15024,51 @@
       <x:c r="L234" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>615679</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>38599</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
@@ -15137,51 +15137,51 @@
       <x:c r="K236" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>46301</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>499795</x:v>
+        <x:v>499794</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>34394</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
@@ -15194,51 +15194,51 @@
       <x:c r="K237" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>46301</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>499794</x:v>
+        <x:v>499795</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>34394</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>179</x:v>
@@ -15535,51 +15535,51 @@
       <x:c r="L243" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>608954</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
@@ -15710,51 +15710,51 @@
       <x:c r="L246" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>602648</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -15764,170 +15764,170 @@
       <x:c r="K247" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>608953</x:v>
+        <x:v>553420</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>553420</x:v>
+        <x:v>602647</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>602647</x:v>
+        <x:v>608953</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
@@ -16046,123 +16046,123 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>497533</x:v>
+        <x:v>497532</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>497532</x:v>
+        <x:v>497533</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
@@ -18731,51 +18731,51 @@
       <x:c r="L300" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>578314</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>25</x:v>