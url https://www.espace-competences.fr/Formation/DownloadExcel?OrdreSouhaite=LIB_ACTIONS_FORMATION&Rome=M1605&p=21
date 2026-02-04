--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -323,81 +323,81 @@
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre National d'Enseignement à Distance</x:t>
   </x:si>
   <x:si>
     <x:t>CNED</x:t>
   </x:si>
   <x:si>
     <x:t>86360</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>CHASSENEUIL-DU-POITOU</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Delta - Groupe Someform</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
   </x:si>
   <x:si>
     <x:t>ACPM</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Azur Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
@@ -2842,139 +2842,140 @@
         <x:v>573538</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="H18" s="14" t="s">
+      <x:c r="H18" s="14" t="s"/>
+      <x:c r="I18" s="16" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="R18" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="R18" s="14" t="s">
+      <x:c r="S18" s="14" t="n">
+        <x:v>615132</x:v>
+      </x:c>
+      <x:c r="T18" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="S18" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T18" s="16" t="s">
+      <x:c r="U18" s="16" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H19" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>615132</x:v>
+        <x:v>616196</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
@@ -2990,51 +2991,51 @@
       <x:c r="L20" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>588429</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -3759,82 +3760,82 @@
         <x:v>608429</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>601739</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -4051,81 +4052,81 @@
       <x:c r="S38" s="14" t="n">
         <x:v>552160</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>581841</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -4368,60 +4369,60 @@
       <x:c r="H44" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>555976</x:v>
+        <x:v>555975</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -4486,60 +4487,60 @@
       <x:c r="H46" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>555975</x:v>
+        <x:v>555976</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -4635,81 +4636,81 @@
       <x:c r="S48" s="14" t="n">
         <x:v>552162</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>601740</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
@@ -5701,51 +5702,51 @@
       <x:c r="M67" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>568804</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
@@ -6992,51 +6993,51 @@
         <x:v>243</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>604877</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>243</x:v>
@@ -8624,51 +8625,51 @@
         <x:v>243</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>615491</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>243</x:v>
@@ -8877,521 +8878,521 @@
       <x:c r="I129" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>604909</x:v>
+        <x:v>604890</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>604911</x:v>
+        <x:v>604893</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>604915</x:v>
+        <x:v>604920</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>604930</x:v>
+        <x:v>615525</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>542280</x:v>
+        <x:v>615528</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>604890</x:v>
+        <x:v>542280</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>604893</x:v>
+        <x:v>604909</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>604920</x:v>
+        <x:v>604911</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>615525</x:v>
+        <x:v>604915</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>615528</x:v>
+        <x:v>604930</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>42</x:v>
@@ -10469,51 +10470,51 @@
       <x:c r="J160" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>543674</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
@@ -10580,51 +10581,51 @@
       <x:c r="J162" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>614352</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
@@ -11489,51 +11490,51 @@
       <x:c r="J178" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>595465</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
@@ -11773,51 +11774,51 @@
       <x:c r="J183" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>577316</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
@@ -12550,57 +12551,57 @@
       <x:c r="K196" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>611466</x:v>
+        <x:v>558139</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
@@ -12610,57 +12611,57 @@
       <x:c r="K197" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>558139</x:v>
+        <x:v>611466</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
@@ -12947,51 +12948,51 @@
       <x:c r="I203" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>592385</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>