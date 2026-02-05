--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -395,116 +395,116 @@
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform|Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Comprendre Apprendre Pratiquer Formation</x:t>
   </x:si>
   <x:si>
     <x:t>CAP FORMATION</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/08/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Assistant d'administration commerciale (TPE/PME) (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ESCCOM </x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Carnot)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/16/2026 00:00:00</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
@@ -794,80 +794,80 @@
   <x:si>
     <x:t>83370</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Excel</x:t>
   </x:si>
   <x:si>
     <x:t>Association Cool - L'Informatique pour Tous</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Excel</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEYREUIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTAUROUX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COGOLIN</x:t>
+  </x:si>
+  <x:si>
     <x:t>LE LUC EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>TRETS</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
-    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-MAXIME</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
@@ -1148,120 +1148,120 @@
   <x:si>
     <x:t>Licence mention gestion parcours gestion des organisations (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours gestion des ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours management comptable et financier</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours Méthodes Informatiques Appliquées à la Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention mathématiques</x:t>
   </x:si>
   <x:si>
     <x:t>Mathématiques</x:t>
   </x:si>
   <x:si>
+    <x:t>Avignon Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON UNIVERSITE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 09</x:t>
+  </x:si>
+  <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
-    <x:t>Avignon Université</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention mathématiques parcours mathématiques</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention mathématiques parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention mathématiques parcours préparation MEEF</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro management et gestion des organisations parcours management de PME-PMI</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro Manager et développer une TPE/PME</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
+    <x:t>07/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention génie des procédés et bioprocédés industriels (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée professionnel Latécoère</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention management et gestion des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention management et gestion des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention management et gestion des organisations parcours gestion des établissements sanitaires, sociaux et médico-sociaux</x:t>
   </x:si>
@@ -3468,257 +3468,257 @@
       <x:c r="R28" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>573538</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>615824</x:v>
+        <x:v>567187</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>584624</x:v>
+        <x:v>615824</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H31" s="0" t="s">
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>612652</x:v>
+        <x:v>584624</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>567187</x:v>
+        <x:v>612652</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -3731,228 +3731,227 @@
       <x:c r="K33" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>601740</x:v>
+        <x:v>601739</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>100</x:v>
-[...1 lines deleted...]
-      <x:c r="H34" s="14" t="s"/>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s">
+        <x:v>122</x:v>
+      </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>601739</x:v>
+        <x:v>608429</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>123</x:v>
-[...2 lines deleted...]
-        <x:v>124</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="S35" s="0" t="n">
+        <x:v>601740</x:v>
+      </x:c>
+      <x:c r="T35" s="4" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="I36" s="16" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="Q36" s="16" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="R36" s="14" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>555975</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -4087,115 +4086,115 @@
       <x:c r="L39" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>601782</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="I40" s="16" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>608430</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -4264,102 +4263,102 @@
       <x:c r="L42" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>601783</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="H43" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="I43" s="4" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>555976</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
@@ -4556,54 +4555,54 @@
       <x:c r="L47" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>601780</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
@@ -4672,54 +4671,54 @@
       <x:c r="L49" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>601784</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
@@ -4941,51 +4940,51 @@
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>594202</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -4995,51 +4994,51 @@
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>594201</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>177</x:v>
@@ -5056,51 +5055,51 @@
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>605651</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -5177,51 +5176,51 @@
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>605652</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -5237,51 +5236,51 @@
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>602816</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>177</x:v>
@@ -5358,51 +5357,51 @@
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>602330</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>177</x:v>
@@ -5619,73 +5618,73 @@
         <x:v>500979</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>586155</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>192</x:v>
@@ -5873,125 +5872,125 @@
         <x:v>205</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>505776</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>616675</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>616676</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>35386</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
@@ -6226,969 +6225,969 @@
       <x:c r="I77" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>604877</x:v>
+        <x:v>615494</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>604880</x:v>
+        <x:v>615506</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="S79" s="0" t="n">
+        <x:v>615531</x:v>
+      </x:c>
+      <x:c r="T79" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="S79" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="S80" s="14" t="n">
+        <x:v>615548</x:v>
+      </x:c>
+      <x:c r="T80" s="16" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="U80" s="16" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>604885</x:v>
+        <x:v>615496</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>604918</x:v>
+        <x:v>615499</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>615496</x:v>
+        <x:v>615525</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>615499</x:v>
+        <x:v>615529</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>615525</x:v>
+        <x:v>615543</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>615529</x:v>
+        <x:v>604877</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>615543</x:v>
+        <x:v>604880</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>615494</x:v>
+        <x:v>604881</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>615506</x:v>
+        <x:v>604884</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>615531</x:v>
+        <x:v>604885</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>615548</x:v>
+        <x:v>604918</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>615498</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>615509</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>615549</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>604882</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
@@ -7299,51 +7298,51 @@
         <x:v>238</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>604889</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>238</x:v>
@@ -7756,162 +7755,162 @@
       <x:c r="I107" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>615495</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>615501</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>615505</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
@@ -8019,205 +8018,205 @@
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>615502</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>615528</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>615535</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>615541</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
@@ -8470,51 +8469,51 @@
       <x:c r="I121" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>604927</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
@@ -8529,307 +8528,307 @@
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>615526</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>615527</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>615530</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>615533</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>615542</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>615544</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
@@ -8980,51 +8979,51 @@
       <x:c r="I131" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>604912</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
@@ -9243,511 +9242,511 @@
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>615491</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>615492</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>615497</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>615507</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>615532</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>615534</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>615540</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>615545</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>615547</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>615550</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
@@ -10000,51 +9999,51 @@
       <x:c r="I151" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>604924</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
@@ -10419,51 +10418,51 @@
       <x:c r="L159" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>557456</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
@@ -10530,51 +10529,51 @@
       <x:c r="L161" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>589717</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
@@ -10641,51 +10640,51 @@
       <x:c r="L163" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>614352</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
@@ -12195,57 +12194,57 @@
       <x:c r="K190" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>558137</x:v>
+        <x:v>611452</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
@@ -12255,57 +12254,57 @@
       <x:c r="K191" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>611452</x:v>
+        <x:v>558137</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>328</x:v>
@@ -12881,180 +12880,180 @@
         <x:v>357</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>592382</x:v>
+        <x:v>592387</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>592387</x:v>
+        <x:v>592388</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>592388</x:v>
+        <x:v>592382</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
@@ -13666,141 +13665,141 @@
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>30122</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>564389</x:v>
+        <x:v>606241</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>30122</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>606241</x:v>
+        <x:v>564389</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
@@ -14278,57 +14277,57 @@
       <x:c r="J226" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>547665</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>30106</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -14452,105 +14451,105 @@
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>32688</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>598126</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>30122</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>542500</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>27</x:v>