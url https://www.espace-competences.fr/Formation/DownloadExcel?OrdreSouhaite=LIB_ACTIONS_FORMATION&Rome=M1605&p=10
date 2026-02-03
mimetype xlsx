--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -284,191 +284,191 @@
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Adjoint de dirigeant d'entreprise artisanale BC03 Assurer la rentabilité et la réalisation des budgets de sa TPE-PME</x:t>
   </x:si>
   <x:si>
     <x:t>Adjoint de dirigeant d'entreprise artisanale BC05 Définir sa stratégie commerciale et son marketing digital</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant d'administration commerciale (TPE/PME)</x:t>
   </x:si>
   <x:si>
+    <x:t>Centre National d'Enseignement à Distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNED</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Secrétariat assistanat commercial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHASSENEUIL-DU-POITOU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Someform</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azur Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Someform|Groupe Someform - Antenne La Garde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Comprendre Apprendre Pratiquer Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP FORMATION</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
   </x:si>
   <x:si>
     <x:t>ACPM</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
-    <x:t>Secrétariat assistanat commercial</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>4MaCompta Expertise - Alfred Cadoret</x:t>
   </x:si>
   <x:si>
     <x:t>06240</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/31/2027 00:00:00</x:t>
-[...44 lines deleted...]
-    <x:t>06/28/2026 00:00:00</x:t>
+    <x:t>02/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
-    <x:t>02/02/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Azur Formation</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Assistant d'administration commerciale (TPE/PME) (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
@@ -632,56 +632,56 @@
   <x:si>
     <x:t>83100</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Guillaume Apollinaire</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
+  </x:si>
+  <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Bureautique</x:t>
   </x:si>
   <x:si>
     <x:t>Sun Design</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Défi 83</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bureautique Approfondissement : Excel + Word + Powerpoint</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan</x:t>
@@ -695,56 +695,56 @@
   <x:si>
     <x:t>Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>Bureautique Microsoft avec l'intelligence artificielle (IA) intégrée</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/15/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité gestion administrative et commerciale des organisations parcours management responsable de projet et entrepreneuriat</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
@@ -827,68 +827,68 @@
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>TRETS</x:t>
   </x:si>
   <x:si>
+    <x:t>LE LUC EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEYREUIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PERTUIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
-    <x:t>LE LUC EN PROVENCE</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
@@ -944,110 +944,110 @@
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence Commerce Vente et Marketing Digital</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>Organisation travail</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence Droit Économie Gestion, mention gestion parcours gestion des organisations</x:t>
   </x:si>
   <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/22/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence mention économie et gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>Connaissance entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention économie et gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
+    <x:t>LUYNES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
+    <x:t>83056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 4</x:t>
+  </x:si>
+  <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE CEDEX 4</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Licence mention économie et gestion parcours double licence droit économie gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention économie et gestion parcours économie et management des firmes et des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention économie et gestion parcours économie finance</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention économie et gestion parcours International Program in Economics and Management</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention économie et gestion parcours management des affaires et du commerce international</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention économie et gestion parcours management général</x:t>
@@ -1145,86 +1145,86 @@
   <x:si>
     <x:t>Licence mention gestion parcours gestion d'entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours gestion des organisations (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours gestion des ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours management comptable et financier</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours Méthodes Informatiques Appliquées à la Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention mathématiques</x:t>
   </x:si>
   <x:si>
+    <x:t>Mathématiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
-    <x:t>Mathématiques</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84916</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
-    <x:t>13397</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Licence mention mathématiques parcours mathématiques</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention mathématiques parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention mathématiques parcours préparation MEEF</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro management et gestion des organisations parcours management de PME-PMI</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro Manager et développer une TPE/PME</x:t>
@@ -1241,57 +1241,57 @@
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention génie des procédés et bioprocédés industriels (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée professionnel Latécoère</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention management et gestion des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention management et gestion des organisations</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention management et gestion des organisations parcours gestion des établissements sanitaires, sociaux et médico-sociaux</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention management et gestion des organisations parcours gestion des établissements sanitaires, sociaux et médico-sociaux (Contrat de Professionnalisation)</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Licence pro mention management et gestion des organisations parcours gestion des établissements sanitaires, sociaux et médico-sociaux</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention management et gestion des organisations parcours gestion des établissements sanitaires, sociaux et médico-sociaux (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'entrepreneuriat (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée des Métiers Louis Martin Bret</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence Professionnelle Comptabilité et Paie</x:t>
   </x:si>
   <x:si>
     <x:t>Traitement paie</x:t>
   </x:si>
@@ -2738,1912 +2738,1911 @@
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>616196</x:v>
+        <x:v>615824</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="R17" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="S17" s="0" t="n">
+        <x:v>573537</x:v>
+      </x:c>
+      <x:c r="T17" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="R17" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>84</x:v>
-[...1 lines deleted...]
-      <x:c r="H18" s="14" t="s"/>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H18" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
       <x:c r="I18" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>567187</x:v>
+        <x:v>573540</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>89</x:v>
-[...2 lines deleted...]
-        <x:v>90</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>573537</x:v>
+        <x:v>567187</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>89</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="Q20" s="16" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="R20" s="14" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="S20" s="14" t="n">
+        <x:v>571898</x:v>
+      </x:c>
+      <x:c r="T20" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="Q20" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>612652</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>99</x:v>
-[...1 lines deleted...]
-      <x:c r="H22" s="14" t="s"/>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H22" s="14" t="s">
+        <x:v>95</x:v>
+      </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="Q22" s="16" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="R22" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="S22" s="14" t="n">
+        <x:v>584624</x:v>
+      </x:c>
+      <x:c r="T22" s="16" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="U22" s="16" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H23" s="0" t="s">
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="Q23" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="R23" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="S23" s="0" t="n">
+        <x:v>616196</x:v>
+      </x:c>
+      <x:c r="T23" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="Q23" s="4" t="s">
+      <x:c r="U23" s="4" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>588429</x:v>
+        <x:v>558974</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>89</x:v>
-[...2 lines deleted...]
-        <x:v>90</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="R25" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="R25" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>615824</x:v>
+        <x:v>578485</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>573539</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>111</x:v>
-[...2 lines deleted...]
-        <x:v>112</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="R27" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="S27" s="0" t="n">
+        <x:v>588429</x:v>
+      </x:c>
+      <x:c r="T27" s="4" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="U27" s="4" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>578485</x:v>
+        <x:v>615132</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>573538</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>615823</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>615825</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>615826</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>552161</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>549456</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>552162</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>601739</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>601783</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>601784</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>552160</x:v>
+        <x:v>608430</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>84</x:v>
-[...1 lines deleted...]
-      <x:c r="H40" s="14" t="s"/>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s">
+        <x:v>132</x:v>
+      </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>601780</x:v>
+        <x:v>555975</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="H41" s="0" t="s">
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>601740</x:v>
+        <x:v>555976</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>581841</x:v>
+        <x:v>603604</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>131</x:v>
-[...2 lines deleted...]
-        <x:v>132</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>608430</x:v>
+        <x:v>601782</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>131</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>555975</x:v>
+        <x:v>552160</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>131</x:v>
-[...2 lines deleted...]
-        <x:v>132</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>555976</x:v>
+        <x:v>601780</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>603604</x:v>
+        <x:v>601740</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>601782</x:v>
+        <x:v>581841</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>608429</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
@@ -4656,51 +4655,51 @@
       <x:c r="E49" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>603603</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
@@ -4799,51 +4798,51 @@
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>35054</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>554305</x:v>
       </x:c>
@@ -5376,274 +5375,274 @@
         <x:v>550236</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>605652</x:v>
+        <x:v>602816</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>602330</x:v>
+        <x:v>550226</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>602816</x:v>
+        <x:v>605652</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>550226</x:v>
+        <x:v>602330</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
@@ -5754,51 +5753,51 @@
       <x:c r="M68" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>568804</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>33</x:v>
@@ -5899,51 +5898,51 @@
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>616676</x:v>
+        <x:v>616675</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>133</x:v>
@@ -5952,51 +5951,51 @@
       <x:c r="K72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>616675</x:v>
+        <x:v>616676</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>35386</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
@@ -6233,51 +6232,51 @@
       <x:c r="M77" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>604878</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
@@ -6286,100 +6285,100 @@
       <x:c r="M78" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>604890</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>604893</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
@@ -6388,144 +6387,144 @@
       <x:c r="M80" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>604916</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>604919</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>576588</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>238</x:v>
@@ -6632,60 +6631,60 @@
       <x:c r="I85" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>604877</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
@@ -6694,100 +6693,100 @@
       <x:c r="M86" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>604883</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>604891</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
@@ -6796,100 +6795,100 @@
       <x:c r="M88" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>604910</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>604924</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
@@ -6898,51 +6897,51 @@
       <x:c r="M90" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>604927</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>42</x:v>
@@ -7142,51 +7141,51 @@
       <x:c r="I95" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>615542</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
@@ -7244,258 +7243,258 @@
       <x:c r="I97" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>604880</x:v>
+        <x:v>604920</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>604885</x:v>
+        <x:v>615492</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>604920</x:v>
+        <x:v>615495</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>615492</x:v>
+        <x:v>615506</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>615495</x:v>
+        <x:v>615525</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>238</x:v>
@@ -7504,208 +7503,208 @@
       <x:c r="K102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>615506</x:v>
+        <x:v>615550</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>615525</x:v>
+        <x:v>584333</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>615550</x:v>
+        <x:v>604880</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>584333</x:v>
+        <x:v>604885</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
@@ -7714,100 +7713,100 @@
       <x:c r="M106" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>604888</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>604892</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
@@ -7816,100 +7815,100 @@
       <x:c r="M108" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>604894</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>604915</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
@@ -7918,193 +7917,193 @@
       <x:c r="M110" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>604918</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>604923</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>604930</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>615494</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
@@ -8366,60 +8365,60 @@
       <x:c r="I119" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>604881</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
@@ -8428,202 +8427,202 @@
       <x:c r="M120" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>604882</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>604884</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>604889</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>604909</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
@@ -8632,144 +8631,144 @@
       <x:c r="M124" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>604914</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>604917</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>615491</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>238</x:v>
@@ -8929,100 +8928,100 @@
         <x:v>244</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>584329</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>584330</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
@@ -9031,51 +9030,51 @@
         <x:v>244</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>584332</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>233</x:v>
@@ -9142,100 +9141,100 @@
       <x:c r="M134" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>604886</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>604911</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
@@ -9337,51 +9336,51 @@
         <x:v>238</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>615526</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>238</x:v>
@@ -9439,51 +9438,51 @@
         <x:v>238</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>615535</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>238</x:v>
@@ -9599,51 +9598,51 @@
       <x:c r="M143" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>604887</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
@@ -9652,100 +9651,100 @@
       <x:c r="M144" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>604912</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>604922</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
@@ -9754,100 +9753,100 @@
       <x:c r="M146" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>604925</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>604929</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
@@ -10100,51 +10099,51 @@
       <x:c r="I153" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>584331</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
@@ -10411,51 +10410,51 @@
       <x:c r="J159" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>543674</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
@@ -10471,222 +10470,222 @@
       <x:c r="K160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>589717</x:v>
+        <x:v>557456</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>557456</x:v>
+        <x:v>589717</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>614352</x:v>
+        <x:v>575212</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>575212</x:v>
+        <x:v>614352</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="U163" s="4" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
@@ -10772,139 +10771,139 @@
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>591976</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>591972</x:v>
+        <x:v>591974</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>591973</x:v>
+        <x:v>591975</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
@@ -10938,141 +10937,141 @@
       <x:c r="R168" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>591977</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>591974</x:v>
+        <x:v>591972</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="R170" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="R170" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>591975</x:v>
+        <x:v>591973</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
@@ -11082,51 +11081,51 @@
       <x:c r="J171" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>575656</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
@@ -11141,51 +11140,51 @@
       <x:c r="J172" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>575658</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
@@ -11257,51 +11256,51 @@
       <x:c r="J174" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>575660</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
@@ -11373,51 +11372,51 @@
       <x:c r="J176" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>575662</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
@@ -11487,51 +11486,51 @@
       <x:c r="J178" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>595464</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
@@ -11541,51 +11540,51 @@
       <x:c r="J179" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>595465</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
@@ -11598,51 +11597,51 @@
       <x:c r="J180" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>595466</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -11771,51 +11770,51 @@
       <x:c r="J183" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>577316</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
@@ -12126,54 +12125,54 @@
       <x:c r="I189" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>547460</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -12368,54 +12367,54 @@
       <x:c r="J193" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>575664</x:v>
+        <x:v>575666</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
@@ -12427,54 +12426,54 @@
       <x:c r="J194" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>575666</x:v>
+        <x:v>575748</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
@@ -12484,54 +12483,54 @@
       <x:c r="J195" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>575748</x:v>
+        <x:v>575664</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>326</x:v>
@@ -12721,51 +12720,51 @@
       <x:c r="J199" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>575667</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
@@ -12837,548 +12836,548 @@
       <x:c r="J201" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>575669</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>592388</x:v>
+        <x:v>592387</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>592383</x:v>
+        <x:v>592386</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>592382</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>592384</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>592385</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>592387</x:v>
+        <x:v>592388</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>592386</x:v>
+        <x:v>592383</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>574917</x:v>
+        <x:v>574915</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>574916</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
@@ -13391,51 +13390,51 @@
       <x:c r="G211" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>574918</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
@@ -13450,108 +13449,108 @@
       <x:c r="G212" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>574915</x:v>
+        <x:v>574917</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>581552</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
@@ -13566,60 +13565,60 @@
       <x:c r="G214" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>587477</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>40290</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
@@ -13813,51 +13812,51 @@
       <x:c r="L218" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>547878</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>40290</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -13920,170 +13919,170 @@
       <x:c r="J220" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>581076</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B221" s="0" t="s">
         <x:v>390</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>391</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>30086</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>558338</x:v>
+        <x:v>558340</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>30086</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>558340</x:v>
+        <x:v>558338</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>40290</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
@@ -14282,51 +14281,51 @@
       <x:c r="L226" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>547665</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>30106</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -14504,51 +14503,51 @@
       <x:c r="L230" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>542500</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>27</x:v>
@@ -15271,51 +15270,51 @@
       <x:c r="I245" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>578065</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>