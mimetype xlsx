--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -224,74 +224,74 @@
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Son</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation scolaire, universitaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>bachelor ingénierie sonore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Les Ateliers de l'Image et du Son - AIS formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation scolaire, universitaire</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Banc d'essai (pour les créations sonores finalisées)</x:t>
   </x:si>
   <x:si>
     <x:t>Phonurgia Nova</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de l'audiovisuel option métiers du son</x:t>
@@ -671,62 +671,62 @@
   <x:si>
     <x:t>06/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecrire une fiction pour la radio</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Enregistrer le paysagé</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/25/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Exploitation des liaisons RF</x:t>
   </x:si>
   <x:si>
     <x:t>Field recording (prise de son en extérieur)</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Field recording et art sonore</x:t>
   </x:si>
   <x:si>
     <x:t>07/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation son et podcast</x:t>
   </x:si>
   <x:si>
     <x:t>Vigie Academy</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur , Jeune 16-25 ans , Particulier, individuel , Salarié , Tout public</x:t>
@@ -749,89 +749,89 @@
   <x:si>
     <x:t>78990</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Institut International Image et Son - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur du son (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Initiation artistique et technique à la réalisation sonore</x:t>
   </x:si>
   <x:si>
+    <x:t>04/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/02/2026 00:00:00</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>La prise de son comme acte d'écriture</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>La prise de son pour l'image de fiction - techniques avancées</x:t>
   </x:si>
   <x:si>
     <x:t>Terkane</x:t>
   </x:si>
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Labo fiction sonore</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2026 00:00:00</x:t>
@@ -1028,69 +1028,69 @@
   <x:si>
     <x:t>Espace des Arts Numériques de l'Image et du Son</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Scénographie sonore</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Smaart Live</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien du son</x:t>
   </x:si>
   <x:si>
+    <x:t>Centre de Formation Professionnelle de la Musique - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFPM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 4e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2027 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>technicien polyvalent du spectacle vivant et de l'événementiel</x:t>
   </x:si>
   <x:si>
     <x:t>Technique spectacle</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien polyvalent son et lumière</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien polyvalent son et lumière bloc de compétences 2 Sonorisation d’un spectacle vivant</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Techniques de sonorisation</x:t>
   </x:si>
   <x:si>
     <x:t>Event-Formations</x:t>
   </x:si>
   <x:si>
     <x:t>83136</x:t>
   </x:si>
@@ -1859,144 +1859,145 @@
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
         <x:v>438307</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="J6" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J6" s="14" t="s"/>
       <x:c r="K6" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>542531</x:v>
+        <x:v>595125</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
+      <x:c r="J7" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="K7" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>595125</x:v>
+        <x:v>542531</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>43</x:v>
@@ -2178,100 +2179,100 @@
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>587202</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>595760</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -2289,154 +2290,154 @@
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>549563</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>595762</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>595761</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
@@ -2626,51 +2627,51 @@
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>608577</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
@@ -2920,51 +2921,51 @@
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>546511</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>41667</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
@@ -3273,157 +3274,157 @@
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>587177</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>40666</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>592819</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>40666</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>592820</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>40666</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -4387,379 +4388,379 @@
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>610237</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>41243</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>45061</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>595606</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>41243</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>45061</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>595608</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>41243</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>45061</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>595607</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>36953</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>21794</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>595602</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>36953</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>21794</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>595603</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>36953</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>21794</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>595604</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
@@ -5068,202 +5069,202 @@
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>605666</x:v>
+        <x:v>605667</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>605667</x:v>
+        <x:v>605666</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>610139</x:v>
+        <x:v>610140</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>610140</x:v>
+        <x:v>610139</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>63</x:v>
@@ -5495,97 +5496,97 @@
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>45061</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>571082</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>605676</x:v>
+        <x:v>605674</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>63</x:v>
@@ -5594,304 +5595,304 @@
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>605671</x:v>
+        <x:v>605672</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>605673</x:v>
+        <x:v>605675</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>605674</x:v>
+        <x:v>605671</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>605677</x:v>
+        <x:v>605673</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>605672</x:v>
+        <x:v>605677</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>605675</x:v>
+        <x:v>605676</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>63</x:v>
@@ -6266,154 +6267,154 @@
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>605683</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38996</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>11486</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>595478</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38996</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>11486</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>595479</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38996</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
@@ -6597,51 +6598,51 @@
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>46225</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>577073</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
@@ -6977,103 +6978,103 @@
         <x:v>158</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>45061</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>610246</x:v>
+        <x:v>610245</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>45061</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>610245</x:v>
+        <x:v>610246</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>158</x:v>
@@ -7364,141 +7365,140 @@
       <x:c r="R107" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>610263</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>42</x:v>
-[...1 lines deleted...]
-      <x:c r="H108" s="14" t="s"/>
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="H108" s="14" t="s">
+        <x:v>320</x:v>
+      </x:c>
       <x:c r="I108" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>587279</x:v>
+        <x:v>560663</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>321</x:v>
-[...2 lines deleted...]
-        <x:v>322</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="S109" s="0" t="n">
+        <x:v>587279</x:v>
+      </x:c>
+      <x:c r="T109" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="S109" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T109" s="4" t="s">
+      <x:c r="U109" s="4" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
@@ -7512,207 +7512,207 @@
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>549540</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>41642</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>45042</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>615942</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38528</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="H112" s="14" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="I112" s="16" t="s">
         <x:v>321</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>323</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>45060</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="Q112" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="Q112" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>560664</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38528</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="H113" s="0" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="I113" s="4" t="s">
         <x:v>321</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>323</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>45060</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="Q113" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="Q113" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>560667</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>332</x:v>
       </x:c>