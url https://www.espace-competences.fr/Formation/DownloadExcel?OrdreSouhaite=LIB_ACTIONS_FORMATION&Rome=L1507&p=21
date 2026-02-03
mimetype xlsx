--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -323,137 +323,137 @@
   <x:si>
     <x:t>Sciences-U Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Igpepm - Groupe Eductive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sport 4.0</x:t>
   </x:si>
   <x:si>
     <x:t>84120</x:t>
   </x:si>
   <x:si>
     <x:t>LA TOUR-D'AIGUES</x:t>
   </x:si>
   <x:si>
-    <x:t>Igpepm - Groupe Eductive</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>92100</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier</x:t>
   </x:si>
   <x:si>
     <x:t>92300</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Alpes Développement Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Alpes Développement Formation</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de l'audiovisuel option métiers du montage et de la postproduction</x:t>
   </x:si>
   <x:si>
     <x:t>Montage audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>LP G Poinso-Chapuis</x:t>
   </x:si>
   <x:si>
     <x:t>13272</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de l'audiovisuel option métiers du montage et de la postproduction (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de l'audiovisuel option métiers du son</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2024 00:00:00</x:t>
@@ -611,68 +611,68 @@
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>Costume spectacle</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Les Côteaux</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Documentaire sonore de création</x:t>
   </x:si>
   <x:si>
     <x:t>Radio télévision</x:t>
   </x:si>
   <x:si>
+    <x:t>11/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/05/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>07/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecrire une fiction pour la radio</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Enregistrer le paysagé</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2026 00:00:00</x:t>
@@ -1058,59 +1058,59 @@
   <x:si>
     <x:t>Drone Up Academy</x:t>
   </x:si>
   <x:si>
     <x:t>31620</x:t>
   </x:si>
   <x:si>
     <x:t>LE BEAUSSET</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Monteur audiovisuel cinéma</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Motion Design initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Infographie</x:t>
   </x:si>
   <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/16/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pack formation designer audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>Premiere Pro</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Premiere Pro</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
@@ -1244,138 +1244,138 @@
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Techniques de sonorisation</x:t>
   </x:si>
   <x:si>
     <x:t>Event-Formations</x:t>
   </x:si>
   <x:si>
     <x:t>83136</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel monteur audiovisuel</x:t>
   </x:si>
   <x:si>
+    <x:t>01/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel monteur audiovisuel (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>Handicapé</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique|Formation et Métier - Cfa Régional de la Cité Technique - Esrp La Rouguière</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/08/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
+    <x:t>Cinémagis Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Espace des Arts Numériques de l'Image et du Son</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
-    <x:t>Demandeur d'emploi</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/10/2026 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel monteur audiovisuel (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Qwantic - Cbs Formation</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel monteur audiovisuel BC1 préparer et effectuer le montage de productions courtes</x:t>
   </x:si>
@@ -2503,198 +2503,198 @@
         <x:v>550666</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>602157</x:v>
+        <x:v>550667</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>550667</x:v>
+        <x:v>602157</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>611111</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -2817,113 +2817,113 @@
       <x:c r="G17" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>535328</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>564629</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
@@ -2969,146 +2969,145 @@
       <x:c r="T19" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="H20" s="14" t="s"/>
+      <x:c r="H20" s="14" t="s">
+        <x:v>102</x:v>
+      </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="Q20" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="Q20" s="16" t="s">
+      <x:c r="R20" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="R20" s="14" t="s">
+      <x:c r="S20" s="14" t="n">
+        <x:v>549138</x:v>
+      </x:c>
+      <x:c r="T20" s="16" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="U20" s="16" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-        <x:v>109</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="R21" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="R21" s="0" t="s">
+      <x:c r="S21" s="0" t="n">
+        <x:v>502695</x:v>
+      </x:c>
+      <x:c r="T21" s="4" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
@@ -3174,503 +3173,503 @@
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>542529</x:v>
+        <x:v>549565</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>549565</x:v>
+        <x:v>587201</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>587201</x:v>
+        <x:v>542529</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>595655</x:v>
+        <x:v>595653</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>595653</x:v>
+        <x:v>595654</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>595654</x:v>
+        <x:v>595656</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>595656</x:v>
+        <x:v>595655</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>602158</x:v>
+        <x:v>608576</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>603555</x:v>
+        <x:v>602158</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
@@ -3682,1261 +3681,1261 @@
       <x:c r="K32" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>499852</x:v>
+        <x:v>603555</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>535329</x:v>
+        <x:v>499852</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>550668</x:v>
+        <x:v>535329</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>550669</x:v>
+        <x:v>550668</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>567925</x:v>
+        <x:v>550669</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>546510</x:v>
+        <x:v>567925</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>611113</x:v>
+        <x:v>546510</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>608576</x:v>
+        <x:v>611113</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>595760</x:v>
+        <x:v>549563</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>587202</x:v>
+        <x:v>595761</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>549563</x:v>
+        <x:v>542530</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>595761</x:v>
+        <x:v>595762</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>542530</x:v>
+        <x:v>595760</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>595762</x:v>
+        <x:v>587202</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>550671</x:v>
+        <x:v>535330</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>499853</x:v>
+        <x:v>608577</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>611114</x:v>
+        <x:v>546511</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>603556</x:v>
+        <x:v>550670</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>108</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>549139</x:v>
+        <x:v>550671</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>608577</x:v>
+        <x:v>499853</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>76</x:v>
-[...1 lines deleted...]
-      <x:c r="H52" s="14" t="s"/>
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="H52" s="14" t="s">
+        <x:v>102</x:v>
+      </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>535330</x:v>
+        <x:v>549139</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>550670</x:v>
+        <x:v>611114</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
@@ -4945,57 +4944,57 @@
       <x:c r="K54" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>546511</x:v>
+        <x:v>603556</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>41667</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
@@ -5989,51 +5988,51 @@
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>46245</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>605661</x:v>
+        <x:v>605664</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>43</x:v>
@@ -6042,100 +6041,100 @@
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>46245</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>605662</x:v>
+        <x:v>605661</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>46245</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>605664</x:v>
+        <x:v>605662</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>43</x:v>
@@ -6422,122 +6421,122 @@
         <x:v>567707</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>610139</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>610140</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
@@ -9122,51 +9121,51 @@
         <x:v>315</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>72710</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>568009</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>315</x:v>
@@ -9428,51 +9427,51 @@
         <x:v>315</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>72713</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>568751</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>315</x:v>
@@ -9690,159 +9689,159 @@
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>577984</x:v>
+        <x:v>577982</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>577982</x:v>
+        <x:v>577985</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>577985</x:v>
+        <x:v>577984</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
@@ -10203,51 +10202,51 @@
       <x:c r="L153" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>72711</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>578070</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
@@ -10256,51 +10255,51 @@
       <x:c r="L154" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>72711</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>578072</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>35</x:v>
@@ -10845,122 +10844,122 @@
         <x:v>551461</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>610258</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>610259</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
@@ -11215,470 +11214,471 @@
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>582148</x:v>
+        <x:v>582158</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>582157</x:v>
+        <x:v>582148</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>587729</x:v>
+        <x:v>582157</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>37597</x:v>
+        <x:v>38752</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>397</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>46267</x:v>
+        <x:v>46257</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>523229</x:v>
+        <x:v>587729</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>403</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
-        <x:v>38752</x:v>
+        <x:v>37597</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="H177" s="0" t="s">
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>46257</x:v>
+        <x:v>46267</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>587725</x:v>
+        <x:v>523229</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>587728</x:v>
+        <x:v>587725</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>582146</x:v>
+        <x:v>587728</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>582159</x:v>
+        <x:v>582146</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -11693,780 +11693,777 @@
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>582147</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>587727</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>587726</x:v>
+        <x:v>582159</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>582153</x:v>
+        <x:v>566727</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
-      <x:c r="E185" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>412</x:v>
-[...2 lines deleted...]
-        <x:v>413</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>583886</x:v>
+        <x:v>566728</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>566727</x:v>
+        <x:v>587730</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>566728</x:v>
+        <x:v>582160</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="G188" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>583973</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>582160</x:v>
+        <x:v>582153</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
-        <x:v>393</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
-      <x:c r="E190" s="14" t="s"/>
-      <x:c r="F190" s="14" t="s"/>
+      <x:c r="E190" s="14" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="F190" s="14" t="s">
+        <x:v>411</x:v>
+      </x:c>
       <x:c r="G190" s="14" t="s">
-        <x:v>354</x:v>
-[...1 lines deleted...]
-      <x:c r="H190" s="14" t="s"/>
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="H190" s="14" t="s">
+        <x:v>418</x:v>
+      </x:c>
       <x:c r="I190" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>587730</x:v>
+        <x:v>583886</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>582158</x:v>
+        <x:v>587726</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>605576</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>605577</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>549037</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
@@ -12482,51 +12479,51 @@
       <x:c r="L195" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>582161</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
@@ -12539,51 +12536,51 @@
       <x:c r="L196" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>582163</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -12596,51 +12593,51 @@
       <x:c r="M197" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>582162</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -12653,51 +12650,51 @@
       <x:c r="M198" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>582165</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -12818,51 +12815,51 @@
       <x:c r="M201" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>582167</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">