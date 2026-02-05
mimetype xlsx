--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -320,101 +320,101 @@
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pigier Nice</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de l'audiovisuel option métiers de l'image (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
+    <x:t>La Compagnie de Formation - Pigier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Compagnie de Formation - Pigier - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sciences-U Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
-    <x:t>Autre public</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sport 4.0</x:t>
   </x:si>
   <x:si>
     <x:t>84120</x:t>
   </x:si>
   <x:si>
     <x:t>LA TOUR-D'AIGUES</x:t>
   </x:si>
   <x:si>
-    <x:t>La Compagnie de Formation - Pigier</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Alpes Développement Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ADF</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>92100</x:t>
@@ -815,68 +815,68 @@
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/29/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>La prise de son comme acte d'écriture</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>La prise de son pour l'image de fiction - techniques avancées</x:t>
   </x:si>
   <x:si>
     <x:t>Labo fiction sonore</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>L'art du mixage</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2026 00:00:00</x:t>
@@ -1262,126 +1262,126 @@
   <x:si>
     <x:t>83136</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel monteur audiovisuel (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel monteur audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Handicapé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique|Formation et Métier - Cfa Régional de la Cité Technique - Esrp La Rouguière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-11e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cinémagis Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Espace des Arts Numériques de l'Image et du Son</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
+    <x:t>06/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/29/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel monteur audiovisuel (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Qwantic - Cbs Formation</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel monteur audiovisuel BC1 préparer et effectuer le montage de productions courtes</x:t>
   </x:si>
@@ -2517,307 +2517,307 @@
       <x:c r="C12" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>535328</x:v>
+        <x:v>603554</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="Q13" s="4" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="R13" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="Q13" s="4" t="s">
+      <x:c r="S13" s="0" t="n">
+        <x:v>550667</x:v>
+      </x:c>
+      <x:c r="T13" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="R13" s="0" t="s">
+      <x:c r="U13" s="4" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>499851</x:v>
+        <x:v>535328</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>603554</x:v>
+        <x:v>602157</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>550667</x:v>
+        <x:v>499851</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -2830,155 +2830,155 @@
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>549138</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>564629</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>546509</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
@@ -3084,148 +3084,148 @@
         <x:v>502695</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>611111</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>550666</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -3589,613 +3589,613 @@
       <x:c r="S30" s="14" t="n">
         <x:v>595656</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>550669</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>611113</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>567925</x:v>
+        <x:v>546510</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>546510</x:v>
+        <x:v>567925</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>602158</x:v>
+        <x:v>608576</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>608576</x:v>
+        <x:v>550668</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>550668</x:v>
+        <x:v>603555</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>603555</x:v>
+        <x:v>535329</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>535329</x:v>
+        <x:v>499852</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>499852</x:v>
+        <x:v>602158</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -4541,51 +4541,51 @@
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>549139</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
@@ -4621,435 +4621,435 @@
       <x:c r="S48" s="14" t="n">
         <x:v>608577</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>603556</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>535330</x:v>
+        <x:v>611114</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>611114</x:v>
+        <x:v>535330</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>546511</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>550670</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>550671</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>499853</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>41667</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
@@ -6975,51 +6975,51 @@
       <x:c r="L92" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>45061</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>571910</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>39888</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
@@ -7289,100 +7289,100 @@
       <x:c r="K98" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>605672</x:v>
+        <x:v>605674</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>605675</x:v>
+        <x:v>605672</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>50</x:v>
@@ -7391,51 +7391,51 @@
       <x:c r="K100" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>605674</x:v>
+        <x:v>605675</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>35</x:v>
@@ -8029,51 +8029,51 @@
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>606654</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -8421,51 +8421,51 @@
       <x:c r="L119" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>581557</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
@@ -8480,51 +8480,51 @@
       <x:c r="L120" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>575525</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
@@ -8537,51 +8537,51 @@
       <x:c r="L121" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>575526</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
@@ -8596,51 +8596,51 @@
       <x:c r="L122" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>576148</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
@@ -8653,51 +8653,51 @@
       <x:c r="L123" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>576151</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
@@ -8712,51 +8712,51 @@
       <x:c r="L124" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>576152</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
@@ -8769,51 +8769,51 @@
       <x:c r="L125" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>576153</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
@@ -8828,51 +8828,51 @@
       <x:c r="L126" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>576155</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>43</x:v>
@@ -9075,51 +9075,51 @@
       <x:c r="I131" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>72710</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>568009</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
@@ -9381,51 +9381,51 @@
       <x:c r="I137" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>72713</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>568751</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
@@ -9701,51 +9701,51 @@
       <x:c r="L143" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>573802</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
@@ -10165,51 +10165,51 @@
       <x:c r="M152" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>72711</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>578068</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>69</x:v>
@@ -10779,51 +10779,51 @@
       <x:c r="M164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>46225</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>577073</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>27</x:v>
@@ -10845,79 +10845,79 @@
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>575215</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>36901</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>46244</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>551461</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>211</x:v>
@@ -11086,51 +11086,51 @@
       <x:c r="L170" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>549540</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>43</x:v>
@@ -11421,156 +11421,154 @@
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>582159</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
-        <x:v>38752</x:v>
+        <x:v>37597</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
-      <x:c r="E177" s="0" t="s">
+      <x:c r="G177" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="F177" s="0" t="s">
+      <x:c r="H177" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="G177" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>46257</x:v>
+        <x:v>46267</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="R177" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="R177" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>583886</x:v>
+        <x:v>523229</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="U177" s="4" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
-        <x:v>37597</x:v>
+        <x:v>38752</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
-      <x:c r="E178" s="14" t="s"/>
-      <x:c r="F178" s="14" t="s"/>
+      <x:c r="E178" s="14" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="F178" s="14" t="s">
+        <x:v>405</x:v>
+      </x:c>
       <x:c r="G178" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>46267</x:v>
+        <x:v>46257</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="Q178" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="Q178" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>523229</x:v>
+        <x:v>583886</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
@@ -11694,51 +11692,51 @@
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>582146</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
@@ -11880,486 +11878,486 @@
       <x:c r="R184" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>566728</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>583973</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
-        <x:v>392</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>587726</x:v>
+        <x:v>582147</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>587729</x:v>
+        <x:v>582153</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
-        <x:v>392</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>587727</x:v>
+        <x:v>582158</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>587730</x:v>
+        <x:v>587727</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>582147</x:v>
+        <x:v>587730</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>582153</x:v>
+        <x:v>587726</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>582158</x:v>
+        <x:v>587729</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>403</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -12372,51 +12370,51 @@
       <x:c r="M193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>549037</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
@@ -12596,54 +12594,54 @@
       <x:c r="L197" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>582161</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>59</x:v>
       </x:c>