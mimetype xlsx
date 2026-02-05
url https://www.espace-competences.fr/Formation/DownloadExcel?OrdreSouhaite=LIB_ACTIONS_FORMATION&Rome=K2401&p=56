--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -13792,185 +13792,185 @@
       <x:c r="R213" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>595560</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>595510</x:v>
+        <x:v>595511</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>595513</x:v>
+        <x:v>595510</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>595511</x:v>
+        <x:v>595513</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>38</x:v>
@@ -15067,236 +15067,236 @@
         <x:v>304</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>595900</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>595964</x:v>
+        <x:v>595970</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>595970</x:v>
+        <x:v>595978</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>595978</x:v>
+        <x:v>595981</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>595981</x:v>
+        <x:v>595964</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>38</x:v>
@@ -16495,338 +16495,338 @@
         <x:v>307</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>595974</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>595971</x:v>
+        <x:v>595967</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>595962</x:v>
+        <x:v>595971</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>595967</x:v>
+        <x:v>595962</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>596010</x:v>
+        <x:v>596021</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>596021</x:v>
+        <x:v>596012</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>596012</x:v>
+        <x:v>596010</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>38</x:v>
@@ -17872,132 +17872,132 @@
       <x:c r="R293" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>596015</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>596007</x:v>
+        <x:v>596002</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>596002</x:v>
+        <x:v>596007</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>287</x:v>
@@ -26249,141 +26249,141 @@
       <x:c r="R446" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>592047</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>14278</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>592045</x:v>
+        <x:v>592048</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>14278</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>724</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>592048</x:v>
+        <x:v>592045</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
@@ -29049,262 +29049,265 @@
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>597332</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
+      <x:c r="H497" s="0" t="s">
+        <x:v>562</x:v>
+      </x:c>
       <x:c r="I497" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>597352</x:v>
+        <x:v>581544</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>597360</x:v>
+        <x:v>597279</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>597363</x:v>
+        <x:v>597280</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
-        <x:v>593</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
-        <x:v>595</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>597279</x:v>
+        <x:v>597326</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -29314,108 +29317,108 @@
       <x:c r="K501" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>597280</x:v>
+        <x:v>597327</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
-        <x:v>744</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
-        <x:v>745</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>597326</x:v>
+        <x:v>597335</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -29425,282 +29428,279 @@
       <x:c r="K503" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>597327</x:v>
+        <x:v>597340</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>597335</x:v>
+        <x:v>597345</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>597340</x:v>
+        <x:v>597352</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
-        <x:v>744</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
-        <x:v>745</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>597345</x:v>
+        <x:v>597360</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
-        <x:v>561</x:v>
-[...2 lines deleted...]
-        <x:v>562</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>581544</x:v>
+        <x:v>597363</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>748</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I508" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">