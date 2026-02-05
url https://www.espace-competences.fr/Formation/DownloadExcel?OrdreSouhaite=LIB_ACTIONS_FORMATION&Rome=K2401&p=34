--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -752,50 +752,59 @@
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Rimbaud</x:t>
   </x:si>
   <x:si>
     <x:t>13808</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Charles Camas</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Audiberti</x:t>
   </x:si>
   <x:si>
     <x:t>06605</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée F Pétrarque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 09</x:t>
+  </x:si>
+  <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Artaud</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean Monnet</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Léonard de Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>06633</x:t>
@@ -839,59 +848,50 @@
   <x:si>
     <x:t>Lycée A David Néel</x:t>
   </x:si>
   <x:si>
     <x:t>04004</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée international G Duby</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée T Aubanel</x:t>
   </x:si>
   <x:si>
     <x:t>84025</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée F Pétrarque</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent A. Honnorat</x:t>
   </x:si>
   <x:si>
     <x:t>04400</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent  A Honnorat</x:t>
   </x:si>
   <x:si>
     <x:t>BARCELONNETTE</x:t>
   </x:si>
   <x:si>
     <x:t>Cours Cyrano</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Briand</x:t>
   </x:si>
   <x:si>
     <x:t>05007</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Aicard</x:t>
@@ -1349,194 +1349,194 @@
   <x:si>
     <x:t>MARSEILLE CEDEX 15</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P Cézanne</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée H Matisse</x:t>
   </x:si>
   <x:si>
     <x:t>06140</x:t>
   </x:si>
   <x:si>
     <x:t>VENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de Bollène</x:t>
   </x:si>
   <x:si>
     <x:t>84500</x:t>
   </x:si>
   <x:si>
     <x:t>BOLLENE</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Cours Bastide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICOP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Yavné</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Haya Mouchka</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège Haya Mouchka</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée cité internationale Jacques Chirac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J. Chirac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Mélinée et Missak Manouchian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Thierry Maulnier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA Fontlongue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIRAMAS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Cocteau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Émile Zola</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée E Zola</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Externat St-Joseph (La Cordeille)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP St-Joseph</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLLIOULES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée T Edison</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LORGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée P Melizan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-11e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Calmette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent P Arène</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SISTERON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Renoir</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAGNES SUR MER CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée St-Exupéry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Marseilleveyre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13285</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Vauvenargues</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée D Villars</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A de Tocqueville</x:t>
   </x:si>
   <x:si>
     <x:t>06131</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Cours Bastide</x:t>
-[...130 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire à l'École spéciale militaire de Saint-Cyr (1re année) option lettres</x:t>
   </x:si>
   <x:si>
     <x:t>Littérature</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire à l'École spéciale militaire de Saint-Cyr (2e année) option lettres</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (1re année)</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (1re année) avec préparation à l'option arts plastiques</x:t>
   </x:si>
   <x:si>
     <x:t>Arts plastiques</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (1re année) avec préparation à l'option cinéma et audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (1re année) avec préparation à l'option théâtre</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (2e année ENS Ulm) anglais</x:t>
@@ -2129,57 +2129,57 @@
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention information, communication parcours communication des organisations, médias, espace public</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention information, communication parcours communication, innovation et management des projets numériques</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention information, communication parcours management de projets en communication numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention information, communication parcours métiers de l'information</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention information, communication parcours stratégies de communication et relations presse</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention lettres</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention lettres</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention lettres et humanités</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention lettres parcours monde du livre</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention lettres parcours recherche et concours</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>master mention philosophie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention philosophie parcours philosophie pratique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention politiques publiques</x:t>
   </x:si>
   <x:si>
     <x:t>Politique publique</x:t>
   </x:si>
@@ -6463,132 +6463,132 @@
       <x:c r="R69" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>593914</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>593750</x:v>
+        <x:v>593864</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>593769</x:v>
+        <x:v>593750</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>232</x:v>
@@ -6597,508 +6597,508 @@
       <x:c r="K72" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>593773</x:v>
+        <x:v>593769</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>593782</x:v>
+        <x:v>593773</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>593788</x:v>
+        <x:v>593782</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>593814</x:v>
+        <x:v>593788</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>593819</x:v>
+        <x:v>593814</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>593823</x:v>
+        <x:v>593819</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>593836</x:v>
+        <x:v>593823</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>593838</x:v>
+        <x:v>593836</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>593839</x:v>
+        <x:v>593838</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="I81" s="4" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="Q81" s="4" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>593848</x:v>
+        <x:v>593839</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>252</x:v>
@@ -7107,153 +7107,153 @@
       <x:c r="K82" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>593857</x:v>
+        <x:v>593848</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>593858</x:v>
+        <x:v>593857</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>593864</x:v>
+        <x:v>593858</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>38</x:v>
@@ -8353,72 +8353,72 @@
         <x:v>313</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>593908</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>593911</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
@@ -8659,75 +8659,75 @@
         <x:v>326</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>593842</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>593843</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -9935,76 +9935,76 @@
         <x:v>593751</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>593770</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>386</x:v>
@@ -10649,76 +10649,76 @@
         <x:v>593859</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>593865</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>413</x:v>
@@ -11005,690 +11005,690 @@
         <x:v>425</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>593892</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>593916</x:v>
+        <x:v>593757</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>593919</x:v>
+        <x:v>593760</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="I161" s="4" t="s">
         <x:v>430</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>593757</x:v>
+        <x:v>593761</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>593760</x:v>
+        <x:v>593764</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>593761</x:v>
+        <x:v>593766</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>593764</x:v>
+        <x:v>593798</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="Q165" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="Q165" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>593766</x:v>
+        <x:v>593799</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>593798</x:v>
+        <x:v>593813</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>593799</x:v>
+        <x:v>593827</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>593813</x:v>
+        <x:v>593832</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>593827</x:v>
+        <x:v>593849</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>593832</x:v>
+        <x:v>593870</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>593849</x:v>
+        <x:v>593871</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>460</x:v>
@@ -11697,357 +11697,357 @@
       <x:c r="K172" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>593870</x:v>
+        <x:v>593882</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>593871</x:v>
+        <x:v>593883</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>464</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>464</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>593882</x:v>
+        <x:v>593897</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>593883</x:v>
+        <x:v>593901</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>593897</x:v>
+        <x:v>593902</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>593901</x:v>
+        <x:v>593916</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="Q178" s="16" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="R178" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="Q178" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>593902</x:v>
+        <x:v>593919</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>38</x:v>
@@ -13399,132 +13399,132 @@
       <x:c r="R205" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>595558</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>595690</x:v>
+        <x:v>595688</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>595688</x:v>
+        <x:v>595690</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>320</x:v>
@@ -14419,336 +14419,336 @@
       <x:c r="R225" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>595582</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>595742</x:v>
+        <x:v>595743</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>595743</x:v>
+        <x:v>595742</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>593077</x:v>
+        <x:v>593076</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>593076</x:v>
+        <x:v>593077</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>594659</x:v>
+        <x:v>594660</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>594660</x:v>
+        <x:v>594659</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>405</x:v>
@@ -15286,131 +15286,131 @@
         <x:v>373</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>595992</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>595978</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>595990</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>67</x:v>
@@ -15541,185 +15541,185 @@
       <x:c r="R247" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>595968</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>595973</x:v>
+        <x:v>595985</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>595983</x:v>
+        <x:v>595973</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>595985</x:v>
+        <x:v>595983</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>38</x:v>
@@ -15796,644 +15796,644 @@
         <x:v>50</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>595976</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>595977</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>595989</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>595991</x:v>
+        <x:v>595975</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>595965</x:v>
+        <x:v>595991</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>595963</x:v>
+        <x:v>595965</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>595969</x:v>
+        <x:v>595963</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>595972</x:v>
+        <x:v>595969</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>595979</x:v>
+        <x:v>595972</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>595984</x:v>
+        <x:v>595979</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>595986</x:v>
+        <x:v>595984</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>595982</x:v>
+        <x:v>595986</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>595975</x:v>
+        <x:v>595982</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>38</x:v>
@@ -16459,80 +16459,80 @@
       <x:c r="R265" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>595971</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>595988</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>131</x:v>
@@ -16816,125 +16816,125 @@
         <x:v>373</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>596010</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>595998</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>596016</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
@@ -16969,336 +16969,336 @@
       <x:c r="R275" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>596008</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>596012</x:v>
+        <x:v>596021</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>596021</x:v>
+        <x:v>596012</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>596000</x:v>
+        <x:v>595995</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>595995</x:v>
+        <x:v>596019</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>596014</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>596019</x:v>
+        <x:v>596000</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>117</x:v>
@@ -17428,236 +17428,236 @@
         <x:v>131</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>596007</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>596013</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>596020</x:v>
+        <x:v>595997</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>595997</x:v>
+        <x:v>596002</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>596002</x:v>
+        <x:v>596020</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>38</x:v>
@@ -17734,72 +17734,72 @@
         <x:v>373</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>596009</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>596015</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
@@ -17836,183 +17836,183 @@
         <x:v>203</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>596018</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>596022</x:v>
+        <x:v>596011</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>596011</x:v>
+        <x:v>595999</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>595999</x:v>
+        <x:v>596022</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>134</x:v>
@@ -18193,129 +18193,129 @@
       <x:c r="R299" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>595993</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s"/>
       <x:c r="K300" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>595996</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>615984</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
@@ -20468,215 +20468,215 @@
         <x:v>544</x:v>
       </x:c>
       <x:c r="I344" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>613084</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>14216</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>587833</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="I346" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>607502</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>40525</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>32062</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>588082</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>40525</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
@@ -21984,165 +21984,165 @@
       <x:c r="J371" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>592120</x:v>
+        <x:v>592118</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>39426</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
-        <x:v>619</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>619</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>592118</x:v>
+        <x:v>592119</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>39426</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>626</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>592119</x:v>
+        <x:v>592120</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>38204</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
@@ -22665,51 +22665,51 @@
       <x:c r="J383" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>592035</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
@@ -22998,51 +22998,51 @@
       <x:c r="I389" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>575688</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
@@ -23057,51 +23057,51 @@
       <x:c r="I390" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>575687</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>40617</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
@@ -23111,51 +23111,51 @@
       <x:c r="I391" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>14229</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>592571</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>40617</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
@@ -24663,214 +24663,214 @@
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>574903</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>39494</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="H419" s="0" t="s">
+        <x:v>566</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>607</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>592116</x:v>
+        <x:v>603924</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>686</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>39494</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
-        <x:v>619</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>619</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>592117</x:v>
+        <x:v>592116</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>39494</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
-      <x:c r="H421" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>603924</x:v>
+        <x:v>592117</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>688</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>39462</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
@@ -26283,228 +26283,228 @@
       <x:c r="G447" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>14278</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
-        <x:v>603</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>592046</x:v>
+        <x:v>592047</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>600</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
-        <x:v>601</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>14278</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>600</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
-        <x:v>601</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>607</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>592047</x:v>
+        <x:v>592048</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>14278</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>592048</x:v>
+        <x:v>592045</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>14278</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>655</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>592045</x:v>
+        <x:v>592046</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
@@ -27248,54 +27248,54 @@
       <x:c r="I464" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>597270</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
@@ -27448,75 +27448,75 @@
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="I468" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>581545</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
@@ -27701,51 +27701,51 @@
       <x:c r="J472" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>575929</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
@@ -27874,51 +27874,51 @@
       <x:c r="J475" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>575927</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
@@ -27947,430 +27947,427 @@
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>575928</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
-      <x:c r="H477" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I477" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>581544</x:v>
+        <x:v>597275</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>750</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
-        <x:v>619</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
-        <x:v>619</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>597275</x:v>
+        <x:v>597278</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>597278</x:v>
+        <x:v>597284</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
-        <x:v>748</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>749</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>597284</x:v>
+        <x:v>597286</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>597286</x:v>
+        <x:v>597298</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>625</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>626</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
-        <x:v>627</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>628</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>597298</x:v>
+        <x:v>597301</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>597301</x:v>
+        <x:v>597307</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
@@ -28383,105 +28380,105 @@
       <x:c r="K484" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>597307</x:v>
+        <x:v>597310</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>597310</x:v>
+        <x:v>597324</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
@@ -28494,51 +28491,51 @@
       <x:c r="K486" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>597324</x:v>
+        <x:v>597337</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
@@ -28548,51 +28545,51 @@
       <x:c r="K487" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>597337</x:v>
+        <x:v>597338</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
@@ -28605,51 +28602,51 @@
       <x:c r="K488" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>597338</x:v>
+        <x:v>597349</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
@@ -28659,162 +28656,162 @@
       <x:c r="K489" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>597349</x:v>
+        <x:v>597350</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
-        <x:v>748</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
-        <x:v>749</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>597350</x:v>
+        <x:v>597365</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>597365</x:v>
+        <x:v>597276</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
@@ -28824,54 +28821,54 @@
       <x:c r="J492" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>597276</x:v>
+        <x:v>597289</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>619</x:v>
       </x:c>
@@ -28881,330 +28878,330 @@
       <x:c r="K493" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>597289</x:v>
+        <x:v>597292</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
-        <x:v>619</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
-        <x:v>619</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>597292</x:v>
+        <x:v>597295</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>597295</x:v>
+        <x:v>597302</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
-        <x:v>600</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
-        <x:v>601</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
-        <x:v>602</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>597302</x:v>
+        <x:v>597320</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>597320</x:v>
+        <x:v>597332</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
-        <x:v>619</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
-        <x:v>619</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>597332</x:v>
+        <x:v>597343</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
@@ -29214,384 +29211,384 @@
       <x:c r="K499" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>597343</x:v>
+        <x:v>597344</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
-        <x:v>748</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
-        <x:v>749</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>597344</x:v>
+        <x:v>597356</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>597356</x:v>
+        <x:v>597359</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>597359</x:v>
+        <x:v>597362</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>597362</x:v>
+        <x:v>597282</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
-        <x:v>748</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
-        <x:v>749</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>597282</x:v>
+        <x:v>597290</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>597290</x:v>
+        <x:v>597305</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
@@ -29604,105 +29601,105 @@
       <x:c r="K506" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>597305</x:v>
+        <x:v>597308</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>597308</x:v>
+        <x:v>597317</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
@@ -29715,606 +29712,611 @@
       <x:c r="K508" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>597317</x:v>
+        <x:v>597346</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>597346</x:v>
+        <x:v>597361</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>597361</x:v>
+        <x:v>597364</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
-        <x:v>597364</x:v>
+        <x:v>597367</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
-        <x:v>600</x:v>
-[...1 lines deleted...]
-      <x:c r="H512" s="14" t="s"/>
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="H512" s="14" t="s">
+        <x:v>753</x:v>
+      </x:c>
       <x:c r="I512" s="16" t="s">
-        <x:v>601</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
-        <x:v>602</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>597367</x:v>
+        <x:v>610967</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="H513" s="0" t="s">
+        <x:v>566</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>597277</x:v>
+        <x:v>581544</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>597287</x:v>
+        <x:v>597277</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>597293</x:v>
+        <x:v>597287</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
-        <x:v>600</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
-        <x:v>601</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
-        <x:v>602</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>597296</x:v>
+        <x:v>597293</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
-        <x:v>626</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>597299</x:v>
+        <x:v>597296</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
-        <x:v>748</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
-        <x:v>749</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>597325</x:v>
+        <x:v>597299</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
@@ -30324,162 +30326,162 @@
       <x:c r="K519" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
-        <x:v>597326</x:v>
+        <x:v>597325</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
-        <x:v>619</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
-        <x:v>619</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
-        <x:v>597331</x:v>
+        <x:v>597326</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
-        <x:v>597339</x:v>
+        <x:v>597331</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
@@ -30492,51 +30494,51 @@
       <x:c r="K522" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
-        <x:v>597340</x:v>
+        <x:v>597339</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
@@ -30546,171 +30548,168 @@
       <x:c r="K523" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
-        <x:v>597345</x:v>
+        <x:v>597340</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
-        <x:v>619</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
-        <x:v>619</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
-        <x:v>597353</x:v>
+        <x:v>597345</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="G525" s="0" t="s">
-        <x:v>752</x:v>
-[...2 lines deleted...]
-        <x:v>753</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
-        <x:v>610967</x:v>
+        <x:v>597353</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
-        <x:v>754</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
-        <x:v>664</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s"/>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s"/>
       <x:c r="I526" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
@@ -31047,51 +31046,51 @@
       <x:c r="J532" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K532" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
         <x:v>597352</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="G533" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
@@ -31158,51 +31157,51 @@
       <x:c r="J534" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K534" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>597368</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="G535" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
@@ -31767,51 +31766,51 @@
       <x:c r="J545" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
         <x:v>597333</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s"/>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
@@ -31824,51 +31823,51 @@
       <x:c r="J546" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
         <x:v>597334</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="G547" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
@@ -31878,51 +31877,51 @@
       <x:c r="J547" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
         <x:v>597335</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s"/>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
@@ -32043,108 +32042,108 @@
       <x:c r="I550" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K550" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
         <x:v>597355</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="G551" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
         <x:v>597358</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s"/>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
@@ -32157,51 +32156,51 @@
       <x:c r="J552" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
         <x:v>597274</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="G553" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
@@ -32430,54 +32429,54 @@
       <x:c r="I557" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
         <x:v>597300</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s"/>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
@@ -32823,51 +32822,51 @@
       <x:c r="J564" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
         <x:v>597329</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="G565" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
@@ -32877,51 +32876,51 @@
       <x:c r="J565" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
         <x:v>597330</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s"/>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
@@ -33156,105 +33155,105 @@
       <x:c r="J570" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K570" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
         <x:v>597354</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="G571" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
         <x:v>597357</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s"/>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
@@ -33264,108 +33263,108 @@
       <x:c r="I572" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K572" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
         <x:v>597360</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="G573" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
         <x:v>597363</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s"/>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
@@ -33380,51 +33379,51 @@
       <x:c r="J574" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
         <x:v>575938</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="G575" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
@@ -33553,51 +33552,51 @@
       <x:c r="J577" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
         <x:v>575939</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="C578" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s"/>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
@@ -33785,51 +33784,51 @@
       <x:c r="J581" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
         <x:v>575944</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="C582" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s"/>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
@@ -33844,51 +33843,51 @@
       <x:c r="J582" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K582" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
         <x:v>575945</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="G583" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
@@ -34017,51 +34016,51 @@
       <x:c r="J585" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
         <x:v>575948</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="C586" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s"/>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
@@ -34076,51 +34075,51 @@
       <x:c r="J586" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K586" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
         <x:v>575949</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="G587" s="0" t="s">
         <x:v>543</x:v>
       </x:c>