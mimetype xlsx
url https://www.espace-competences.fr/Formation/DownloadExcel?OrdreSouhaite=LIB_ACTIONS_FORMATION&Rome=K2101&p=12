--- v0 (2026-03-20)
+++ v1 (2026-03-20)
@@ -338,89 +338,89 @@
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de projets de formation et d'enseignement</x:t>
   </x:si>
   <x:si>
     <x:t>Sipca</x:t>
   </x:si>
   <x:si>
     <x:t>80000</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable formation</x:t>
   </x:si>
   <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
+    <x:t>12/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/07/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>01/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>AIX EN PROVENCE</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>chargé de recrutement et conseils en ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>INSEEC</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de recrutement et conseils en ressources humaines</x:t>
@@ -518,68 +518,68 @@
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Consultant en bilan de compétences</x:t>
   </x:si>
   <x:si>
     <x:t>CD Competences</x:t>
   </x:si>
   <x:si>
     <x:t>64600</x:t>
   </x:si>
   <x:si>
+    <x:t>06/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Céla Solution RH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-12e</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/15/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Samantha Boettcher - Asb Compétences</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sabine Jourdois</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Femme , Profession libérale , Public sans emploi , Salarié , Tout public</x:t>
@@ -1028,66 +1028,66 @@
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours conception et management de formations en hygiène sécurité et développement</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut National Supérieur du Professorat et de l'Education</x:t>
   </x:si>
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours ingénierie pédagogique numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours métiers de la recherche et de l'expertise en éducation</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours rédacteur professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours responsable de formation</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention premier degré</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut Supérieur de Formation de l'Enseignement Catholique - Institut Saint Cassien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Isfec</x:t>
+  </x:si>
+  <x:si>
     <x:t>Préparation examen concours fonction publique</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE- 7e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention premier degré parcours professorat des écoles</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours  enseigner les mathématiques au CLG et LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours anglais</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
@@ -2782,51 +2782,51 @@
       <x:c r="K19" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>618540</x:v>
+        <x:v>623975</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
@@ -2836,558 +2836,558 @@
       <x:c r="J20" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>618546</x:v>
+        <x:v>618545</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>618543</x:v>
+        <x:v>618539</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>618541</x:v>
+        <x:v>618544</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>623975</x:v>
+        <x:v>623267</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>618545</x:v>
+        <x:v>623280</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>618539</x:v>
+        <x:v>618546</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>618544</x:v>
+        <x:v>618543</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>623267</x:v>
+        <x:v>618541</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>623280</x:v>
+        <x:v>618542</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>618542</x:v>
+        <x:v>618540</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="U29" s="4" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -3454,51 +3454,51 @@
       <x:c r="M31" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>590139</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -3618,51 +3618,51 @@
       <x:c r="J34" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>600600</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -3968,51 +3968,51 @@
       <x:c r="J40" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>600588</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -4189,202 +4189,202 @@
         <x:v>148</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>612445</x:v>
+        <x:v>612444</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>612444</x:v>
+        <x:v>613599</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="R46" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="S46" s="14" t="n">
+        <x:v>612445</x:v>
+      </x:c>
+      <x:c r="T46" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="R46" s="14" t="s">
+      <x:c r="U46" s="16" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>612443</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
@@ -4393,100 +4393,100 @@
         <x:v>148</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>612446</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>615000</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -5129,51 +5129,51 @@
       <x:c r="M62" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>572669</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
@@ -5226,51 +5226,51 @@
       <x:c r="J64" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>618315</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>29805</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -5340,51 +5340,51 @@
       <x:c r="J66" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>598119</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>29805</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -5454,51 +5454,51 @@
       <x:c r="J68" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>559907</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>40303</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
@@ -5508,51 +5508,51 @@
       <x:c r="J69" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>574317</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>40303</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -5626,51 +5626,51 @@
       <x:c r="J71" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>617489</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
@@ -6860,51 +6860,51 @@
       <x:c r="J94" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>592115</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>39506</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
@@ -7028,51 +7028,51 @@
       <x:c r="J97" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>575532</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>39506</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
@@ -7087,51 +7087,51 @@
       <x:c r="J98" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>575533</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>39022</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
@@ -7200,51 +7200,51 @@
       <x:c r="J100" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>14411</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>575691</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38156</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
@@ -7313,51 +7313,51 @@
       <x:c r="J102" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>13364</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>575696</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38156</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
@@ -7370,51 +7370,51 @@
       <x:c r="J103" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>13364</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>575697</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38156</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
@@ -7429,51 +7429,51 @@
       <x:c r="J104" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>13364</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>575698</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38697</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
@@ -7540,51 +7540,51 @@
       <x:c r="J106" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>591864</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38697</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
@@ -7762,111 +7762,111 @@
       <x:c r="I110" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>597462</x:v>
+        <x:v>597463</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>597463</x:v>
+        <x:v>597462</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
@@ -7878,51 +7878,51 @@
       <x:c r="J112" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>581578</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
@@ -8046,51 +8046,51 @@
       <x:c r="J115" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>575933</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
@@ -8221,51 +8221,51 @@
       <x:c r="J118" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>575936</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
@@ -8278,333 +8278,333 @@
       <x:c r="J119" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>575935</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="P120" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="P120" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>581545</x:v>
+        <x:v>610949</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>610949</x:v>
+        <x:v>581545</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>575928</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>575922</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>575927</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
@@ -8617,51 +8617,51 @@
       <x:c r="G125" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>575929</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
@@ -8676,51 +8676,51 @@
       <x:c r="G126" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>575924</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
@@ -8742,116 +8742,116 @@
       <x:c r="J127" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>581544</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>610967</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
@@ -8974,51 +8974,51 @@
       <x:c r="J131" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>575940</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
@@ -9090,51 +9090,51 @@
       <x:c r="J133" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>575941</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
@@ -9149,51 +9149,51 @@
       <x:c r="J134" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>575942</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
@@ -9206,51 +9206,51 @@
       <x:c r="J135" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>575943</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
@@ -9381,51 +9381,51 @@
       <x:c r="J138" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>575946</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
@@ -9438,51 +9438,51 @@
       <x:c r="J139" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>575947</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
@@ -9613,51 +9613,51 @@
       <x:c r="J142" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>575950</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
@@ -9670,51 +9670,51 @@
       <x:c r="J143" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>575951</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
@@ -9729,51 +9729,51 @@
       <x:c r="J144" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>575952</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>198</x:v>
@@ -10105,51 +10105,51 @@
       <x:c r="K151" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>623781</x:v>
+        <x:v>623782</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
@@ -10160,51 +10160,51 @@
       <x:c r="K152" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>623782</x:v>
+        <x:v>623781</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>199</x:v>
@@ -10313,51 +10313,51 @@
       <x:c r="I155" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>566996</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
@@ -10936,51 +10936,51 @@
       <x:c r="J166" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>617603</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -10996,51 +10996,51 @@
       <x:c r="J167" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>617606</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -11057,51 +11057,51 @@
       <x:c r="J168" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>617605</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -11117,51 +11117,51 @@
       <x:c r="J169" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>617604</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
@@ -11393,132 +11393,132 @@
       <x:c r="C174" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>585545</x:v>
+        <x:v>585543</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>585543</x:v>
+        <x:v>585545</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">