--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -1118,68 +1118,68 @@
   <x:si>
     <x:t>12/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maitre praticien en hypnose ericksonienne</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maitre praticien en hypnose éricksonienne</x:t>
   </x:si>
   <x:si>
     <x:t>03/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention psychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/26/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention psychologie</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac + 5 et plus</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention psychologie</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>master mention psychologie : neuropsychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie : neuropsychologie parcours psychologie - neuropsychologie</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie : psychopathologie clinique psychanalytique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie : psychopathologie clinique psychanalytique parcours psychanalyse et psychopathologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie : psychopathologie clinique psychanalytique parcours psychothérapies psychanalytiques, humanistes, individuelles et groupales</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie clinique, psychopathologie et psychologie de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Psychogérontologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie clinique, psychopathologie et psychologie de la santé parcours psychopathologie intégrative et psychologie clinique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie du développement</x:t>
@@ -1238,71 +1238,71 @@
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Module d’acquisition de compétences en médiation artistique</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Enseignant , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Neurothérapie par Biofeedback-Neurofeedback</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Neurothérapie par Biofeedback-Neurofeedback  et approche complémentaires</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/31/2025 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Neurothérapie par Biofeedback-Neurofeedback et Mentorat</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Profession libérale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Parcours de psychopraticien en thérapies brèves</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PARCOURS THERAPIE DE COUPLE ET SEXOTHERAPIE EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien 1 - Hypnose et communication ericksonienne - Initiale</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/16/2026 00:00:00</x:t>
@@ -1415,63 +1415,63 @@
   <x:si>
     <x:t>Praticien en communication PNL</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose conversationnelle</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose Ericksonienne</x:t>
   </x:si>
   <x:si>
+    <x:t>Efth Formations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Praticien en hypnose ericksonienne</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>05/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose spécialisé en psychotraumatisme</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose thérapeutique</x:t>
   </x:si>
@@ -6936,142 +6936,143 @@
         <x:v>294</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>580520</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="H89" s="0" t="s">
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>546527</x:v>
+        <x:v>576837</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>241</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>576837</x:v>
+        <x:v>546527</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>36</x:v>
@@ -7983,324 +7984,325 @@
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>545992</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>39025</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
+      <x:c r="H109" s="0" t="s">
+        <x:v>268</x:v>
+      </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>591980</x:v>
+        <x:v>583214</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>39025</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>591981</x:v>
+        <x:v>591978</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>39025</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>591979</x:v>
+        <x:v>591981</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>39025</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="H112" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>583214</x:v>
+        <x:v>591979</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>39025</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>591978</x:v>
+        <x:v>591980</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38991</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
@@ -8313,51 +8315,51 @@
       <x:c r="M114" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>591929</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38991</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
@@ -8427,51 +8429,51 @@
       <x:c r="M116" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>591989</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38989</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
@@ -8597,51 +8599,51 @@
       <x:c r="M119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>14411</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>591971</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>39022</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
@@ -8710,51 +8712,51 @@
       <x:c r="M121" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>596275</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
@@ -9761,206 +9763,206 @@
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>583275</x:v>
+        <x:v>567207</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>555907</x:v>
+        <x:v>572372</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="U142" s="16" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>567207</x:v>
+        <x:v>583275</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="U143" s="4" t="s">
         <x:v>393</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>572372</x:v>
+        <x:v>555907</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>25</x:v>
@@ -10178,51 +10180,51 @@
       <x:c r="M149" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>554986</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>25</x:v>
@@ -10233,51 +10235,51 @@
       <x:c r="M150" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>554990</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>36</x:v>
@@ -10285,51 +10287,51 @@
       <x:c r="M151" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>554984</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
         <x:v>25</x:v>
@@ -10340,51 +10342,51 @@
       <x:c r="M152" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>554985</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
@@ -11839,51 +11841,51 @@
       <x:c r="M181" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>572418</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>244</x:v>
@@ -12838,153 +12840,153 @@
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>587854</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>14405</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>599341</x:v>
+        <x:v>610249</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>610249</x:v>
+        <x:v>599341</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
@@ -12996,97 +12998,97 @@
       <x:c r="R203" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>599340</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="Q204" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="Q204" s="16" t="s">
+      <x:c r="R204" s="14" t="s">
         <x:v>450</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>451</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>554603</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
@@ -13605,51 +13607,51 @@
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>563331</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -13767,51 +13769,51 @@
       <x:c r="L218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>563332</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
@@ -14822,51 +14824,51 @@
       <x:c r="M238" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>572415</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>26</x:v>
@@ -14874,51 +14876,51 @@
       <x:c r="M239" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>587188</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>431</x:v>
@@ -15294,51 +15296,51 @@
       <x:c r="L247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>562817</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -15346,164 +15348,164 @@
       <x:c r="K248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>570539</x:v>
+        <x:v>563338</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>563338</x:v>
+        <x:v>602519</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>602519</x:v>
+        <x:v>570539</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>26</x:v>
@@ -15563,51 +15565,51 @@
       <x:c r="L252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>563337</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>25</x:v>
@@ -15952,141 +15954,140 @@
       <x:c r="R259" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>606623</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>65</x:v>
-[...1 lines deleted...]
-      <x:c r="H260" s="14" t="s"/>
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="H260" s="14" t="s">
+        <x:v>102</x:v>
+      </x:c>
       <x:c r="I260" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>44587</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>535893</x:v>
+        <x:v>581621</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>520</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
-        <x:v>101</x:v>
-[...2 lines deleted...]
-        <x:v>102</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>44587</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>581621</x:v>
+        <x:v>535893</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>416</x:v>
@@ -16678,164 +16679,164 @@
       <x:c r="K273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>529895</x:v>
+        <x:v>615400</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>615400</x:v>
+        <x:v>559515</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>559515</x:v>
+        <x:v>529895</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>25</x:v>
@@ -16950,51 +16951,51 @@
       <x:c r="L278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>559513</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>25</x:v>
@@ -17109,51 +17110,51 @@
       <x:c r="L281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>559514</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -17699,51 +17700,51 @@
       <x:c r="M292" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>572202</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>36</x:v>
@@ -18870,109 +18871,109 @@
       <x:c r="K314" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>611669</x:v>
+        <x:v>598946</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>598946</x:v>
+        <x:v>611669</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I316" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>555</x:v>
@@ -19513,78 +19514,78 @@
         <x:v>45</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>543365</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="I327" s="4" t="s">
         <x:v>449</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>450</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="Q327" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="Q327" s="4" t="s">
+      <x:c r="R327" s="0" t="s">
         <x:v>450</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>451</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>610248</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>293</x:v>
       </x:c>