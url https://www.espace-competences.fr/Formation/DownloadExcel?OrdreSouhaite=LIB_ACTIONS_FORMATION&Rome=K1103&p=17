--- v2 (2026-03-21)
+++ v3 (2026-03-21)
@@ -347,77 +347,77 @@
   <x:si>
     <x:t>06/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Alimentation, perte de poids : troubles du comportement alimentaire et accompagnement par l'hypnose</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse des besoins corporels et émotionnels</x:t>
   </x:si>
   <x:si>
     <x:t>Hippocratus</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Anatomie palpatoire</x:t>
   </x:si>
   <x:si>
+    <x:t>Temana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Unamano</x:t>
   </x:si>
   <x:si>
     <x:t>69250</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Temana</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Animer un atelier de ludothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Apprendre et pratiquer la naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Naturospirit</x:t>
   </x:si>
   <x:si>
     <x:t>92200</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
@@ -803,59 +803,59 @@
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir kinésiologue</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Enseignant , Profession libérale , Salarié</x:t>
   </x:si>
   <x:si>
+    <x:t>09/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/06/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>01/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir masseur bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir professeur de Pilates (Cristiane Domenici Pilates)</x:t>
   </x:si>
   <x:si>
     <x:t>Cristiane Domenici</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Particulier, individuel , Profession libérale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Éducation sportive</x:t>
@@ -1253,80 +1253,80 @@
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84916</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Faculté des Sciences du Sport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Lithothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Madéro'fit</x:t>
   </x:si>
   <x:si>
     <x:t>Madérothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Madérothérapie visage et corps</x:t>
   </x:si>
   <x:si>
     <x:t>EGUILLES</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/08/2026 00:00:00</x:t>
@@ -1619,59 +1619,59 @@
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie du développement parcours psychologie des transitions : orientation, insertion, conseil</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine traditionnelle chinoise</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Médecine Tradition Chinoise</x:t>
   </x:si>
   <x:si>
     <x:t>IMTC</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
+    <x:t>07/21/2022 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2030 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/05/2019 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/31/2030 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Médecine traditionnelle chinoise - 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Zhong Li</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine traditionnelle chinoise - 1re et 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine Traditionnelle Chinoise - 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2025 00:00:00</x:t>
@@ -1778,107 +1778,107 @@
   <x:si>
     <x:t>84800</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé , Licencié pour motif économique , Public en emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Naturopathe, relaxologue, praticien en réflexologie</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Femme , Particulier, individuel , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>12/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/06/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>La Ferme de Beaugensiers</x:t>
   </x:si>
   <x:si>
     <x:t>83210</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique hospitalière , Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>BELGENTIER</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
     <x:t>Innovnaturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Salarié , Tout public</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Iffcn</x:t>
   </x:si>
   <x:si>
     <x:t>04/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/03/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>04/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Olfactothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Philosophihe du yoga</x:t>
   </x:si>
   <x:si>
     <x:t>11/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Phytothérapie gemmothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pilates - Utilisation du petit matériel</x:t>
@@ -1955,74 +1955,74 @@
   <x:si>
     <x:t>Praticien en art thérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Privé Jacquet</x:t>
   </x:si>
   <x:si>
     <x:t>IEPA</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praticien en Art Thérapie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E-Faculté de Psychologie et de Psychanalyse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EFPP</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/13/2025 00:00:00</x:t>
-[...11 lines deleted...]
-    <x:t>EFPP</x:t>
+    <x:t>Demandeur d'emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Demandeur d'emploi , Public sans emploi , Salarié , Tout public</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en EFT (Emotional Freedom Techniques)</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en herboristerie</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose conversationnelle</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/19/2026 00:00:00</x:t>
@@ -2321,74 +2321,74 @@
   <x:si>
     <x:t>Professeur de Garuda Matwork Chaise</x:t>
   </x:si>
   <x:si>
     <x:t>Fit Studio</x:t>
   </x:si>
   <x:si>
     <x:t>83350</x:t>
   </x:si>
   <x:si>
     <x:t>RAMATUELLE</x:t>
   </x:si>
   <x:si>
     <x:t>05/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de garuda module seated standing</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Hatha Yoga</x:t>
   </x:si>
   <x:si>
+    <x:t>Purnata Yoga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CRAU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Laurence Merchet Thau</x:t>
   </x:si>
   <x:si>
     <x:t>LMT</x:t>
   </x:si>
   <x:si>
     <x:t>75019</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
-    <x:t>Purnata Yoga</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Professeur de Pilates</x:t>
   </x:si>
   <x:si>
     <x:t>Be Pilates - Aurélie Bidart</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>10/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Pilates - Méthodes harmonie du corps</x:t>
   </x:si>
   <x:si>
     <x:t>Harmonie du Corps - Pilates</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Pilates module pratique, observation et enseignement origine</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2026 00:00:00</x:t>
@@ -2831,57 +2831,57 @@
   <x:si>
     <x:t>01/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien spa et bien-être (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>TECHNIQUES CORPORELLES DE MASSAGE BIEN ETRE</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Thaïlandais à l'huile</x:t>
   </x:si>
   <x:si>
     <x:t>Thérapeute holistique spécialisé en gestion du stress</x:t>
   </x:si>
   <x:si>
+    <x:t>05/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/13/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>10/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>APT</x:t>
   </x:si>
   <x:si>
     <x:t>Thérapie holistique spécialité epigenetique</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Thérapie manuelle des fascias</x:t>
   </x:si>
   <x:si>
     <x:t>TMG Concept</x:t>
   </x:si>
   <x:si>
     <x:t>63000</x:t>
   </x:si>
   <x:si>
     <x:t>CABRIES</x:t>
   </x:si>
@@ -4171,159 +4171,159 @@
       <x:c r="I15" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>543596</x:v>
+        <x:v>551192</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="S16" s="14" t="n">
+        <x:v>543596</x:v>
+      </x:c>
+      <x:c r="T16" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="S16" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T16" s="16" t="s">
+      <x:c r="U16" s="16" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>551192</x:v>
+        <x:v>551191</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
@@ -4994,51 +4994,51 @@
       <x:c r="I31" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>598459</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -5101,51 +5101,51 @@
       <x:c r="I33" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>576809</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
@@ -5361,100 +5361,100 @@
         <x:v>161</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>574331</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>611919</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -5520,51 +5520,51 @@
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>535904</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
@@ -5640,135 +5640,135 @@
       <x:c r="R43" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>495575</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>551205</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>551206</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
@@ -5820,51 +5820,51 @@
       <x:c r="I47" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>536395</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -6947,110 +6947,110 @@
       <x:c r="K69" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>546593</x:v>
+        <x:v>578935</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>578935</x:v>
+        <x:v>546593</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
@@ -7105,51 +7105,51 @@
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>546594</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
@@ -7457,54 +7457,54 @@
       <x:c r="I79" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>576826</x:v>
+        <x:v>576827</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
@@ -7512,54 +7512,54 @@
         <x:v>137</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>576827</x:v>
+        <x:v>576826</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>137</x:v>
@@ -7746,75 +7746,75 @@
         <x:v>137</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>576830</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42001</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>510254</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
@@ -8144,100 +8144,100 @@
         <x:v>137</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>576834</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>598463</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
@@ -8472,137 +8472,137 @@
         <x:v>215</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>488932</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>551214</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>551216</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
@@ -8703,51 +8703,51 @@
       <x:c r="I103" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>612763</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
@@ -9072,51 +9072,51 @@
         <x:v>137</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>576838</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>136</x:v>
@@ -9303,920 +9303,920 @@
       <x:c r="R114" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>616424</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>546858</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>546861</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>608293</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>546860</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>608296</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>546857</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>608388</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>608390</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>546870</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>546874</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>546879</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>546880</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>546881</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>546882</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>546887</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>546888</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>222</x:v>
@@ -10380,51 +10380,51 @@
         <x:v>351</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>621805</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>350</x:v>
@@ -10693,97 +10693,97 @@
         <x:v>351</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>537595</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>543919</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
@@ -11193,516 +11193,515 @@
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>595441</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
-        <x:v>375</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="H150" s="14" t="s"/>
+      <x:c r="H150" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
       <x:c r="I150" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="Q150" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="Q150" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>595443</x:v>
+        <x:v>576262</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
-        <x:v>398</x:v>
-[...2 lines deleted...]
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>576262</x:v>
+        <x:v>595443</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>598455</x:v>
+        <x:v>616458</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>598454</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>616458</x:v>
+        <x:v>598457</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>598457</x:v>
+        <x:v>598456</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>598456</x:v>
+        <x:v>598455</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>551338</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>551341</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
@@ -11725,77 +11724,77 @@
       <x:c r="R159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>577512</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>543611</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>264</x:v>
@@ -12109,51 +12108,51 @@
       <x:c r="I167" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>579683</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12184,137 +12183,137 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>577458</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>551197</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>551195</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>58</x:v>
@@ -12592,75 +12591,75 @@
         <x:v>420</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>597611</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>510289</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
@@ -12745,135 +12744,135 @@
       <x:c r="R179" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>578441</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>551194</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>551193</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
@@ -12898,137 +12897,137 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>577457</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>551199</x:v>
+        <x:v>551198</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>551198</x:v>
+        <x:v>551199</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
@@ -13293,91 +13292,91 @@
       <x:c r="M190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>566791</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>524946</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
@@ -13408,84 +13407,84 @@
         <x:v>442</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>589946</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>551186</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
@@ -13510,128 +13509,128 @@
         <x:v>265</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>600431</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>551185</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>510287</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>23</x:v>
@@ -13794,159 +13793,159 @@
         <x:v>453</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>524937</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>551218</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>551217</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
@@ -14073,188 +14072,188 @@
       <x:c r="R205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>577468</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>551207</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>510312</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>551208</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>26</x:v>
@@ -14277,135 +14276,135 @@
       <x:c r="R209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>577479</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>551405</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>551406</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
@@ -14634,545 +14633,545 @@
         <x:v>265</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>615124</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>577507</x:v>
+        <x:v>551161</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>551161</x:v>
+        <x:v>577507</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>551184</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>551163</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>551305</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>551304</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>551373</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>551369</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>551390</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>551389</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>58</x:v>
@@ -15195,135 +15194,135 @@
       <x:c r="R227" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>615214</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>551403</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>551404</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
@@ -15399,86 +15398,86 @@
       <x:c r="R231" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>611847</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>551407</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>26</x:v>
@@ -15501,182 +15500,182 @@
       <x:c r="R233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>577533</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>551415</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>551416</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>579985</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
@@ -15712,199 +15711,199 @@
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>596275</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>575692</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>575693</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>260397</x:v>
+        <x:v>431392</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>514</x:v>
@@ -15912,51 +15911,51 @@
       <x:c r="K241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>431392</x:v>
+        <x:v>260397</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>521</x:v>
@@ -16577,51 +16576,51 @@
         <x:v>133</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>598472</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>136</x:v>
@@ -16653,242 +16652,243 @@
       <x:c r="R255" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>617942</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>135</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>576857</x:v>
+        <x:v>598475</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>598475</x:v>
+        <x:v>598476</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>598476</x:v>
+        <x:v>544176</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H259" s="0" t="s">
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>544176</x:v>
+        <x:v>576857</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>138</x:v>
@@ -16912,142 +16912,143 @@
         <x:v>137</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>576856</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H261" s="0" t="s">
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>598474</x:v>
+        <x:v>597743</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>135</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>597743</x:v>
+        <x:v>598474</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>556</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>557</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
@@ -17214,153 +17215,153 @@
       <x:c r="L266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>533559</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>540642</x:v>
+        <x:v>548727</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>548727</x:v>
+        <x:v>540642</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
@@ -17383,240 +17384,240 @@
       <x:c r="R269" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>507977</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>587282</x:v>
+        <x:v>597820</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>516079</x:v>
+        <x:v>587282</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="U271" s="4" t="s">
         <x:v>578</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
-        <x:v>568</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>580115</x:v>
+        <x:v>516079</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>572</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>572</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>597820</x:v>
+        <x:v>580115</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
@@ -17697,127 +17698,127 @@
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
-        <x:v>568</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>580114</x:v>
+        <x:v>548367</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>585</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>548367</x:v>
+        <x:v>580114</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
@@ -18029,51 +18030,51 @@
         <x:v>137</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>576862</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>136</x:v>
@@ -18340,51 +18341,51 @@
         <x:v>227</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>580514</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>227</x:v>
@@ -18392,150 +18393,150 @@
       <x:c r="K289" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>599685</x:v>
+        <x:v>624170</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>624170</x:v>
+        <x:v>599685</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>602</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>597</x:v>
+        <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>624167</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
@@ -18544,109 +18545,109 @@
         <x:v>227</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>624166</x:v>
+        <x:v>580512</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>605</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>580512</x:v>
+        <x:v>624166</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
@@ -18695,153 +18696,153 @@
       <x:c r="I295" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>580517</x:v>
+        <x:v>599687</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>599687</x:v>
+        <x:v>580517</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>624168</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
@@ -18899,162 +18900,162 @@
       <x:c r="I299" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>580519</x:v>
+        <x:v>624169</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s"/>
       <x:c r="K300" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>624169</x:v>
+        <x:v>624172</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>624172</x:v>
+        <x:v>580519</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
@@ -19280,823 +19281,825 @@
         <x:v>154</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>586348</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>576867</x:v>
+        <x:v>488540</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I308" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>576869</x:v>
+        <x:v>576867</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>623</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>623</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>488540</x:v>
+        <x:v>576869</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>160</x:v>
-[...1 lines deleted...]
-      <x:c r="H310" s="14" t="s"/>
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="H310" s="14" t="s">
+        <x:v>622</x:v>
+      </x:c>
       <x:c r="I310" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>612768</x:v>
+        <x:v>572417</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>605</x:v>
+        <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>623</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>623</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>572417</x:v>
+        <x:v>613248</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>629</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>630</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I312" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>613248</x:v>
+        <x:v>576870</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>556</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>557</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>576870</x:v>
+        <x:v>570551</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>631</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>632</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>632</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>570551</x:v>
+        <x:v>612767</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>612767</x:v>
+        <x:v>598477</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>605</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>598477</x:v>
+        <x:v>611917</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H317" s="0" t="s">
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>611917</x:v>
+        <x:v>576872</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>135</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>576872</x:v>
+        <x:v>598478</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>598478</x:v>
+        <x:v>612768</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>621</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>623</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
-        <x:v>624</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>621</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>623</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>625</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>490425</x:v>
+        <x:v>575803</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>634</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>609</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="H321" s="0" t="s">
+        <x:v>622</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>575803</x:v>
+        <x:v>490425</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="I322" s="16" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
         <x:v>624</x:v>
@@ -20284,121 +20287,121 @@
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
-        <x:v>635</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>579510</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>637</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>598396</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
@@ -20407,51 +20410,51 @@
         <x:v>133</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>598446</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>133</x:v>
@@ -20713,51 +20716,51 @@
         <x:v>133</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>598450</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>133</x:v>
@@ -20939,90 +20942,90 @@
         <x:v>227</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>585384</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="H339" s="0" t="s">
         <x:v>632</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>633</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>559483</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
@@ -21587,51 +21590,51 @@
       <x:c r="L351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>543922</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
@@ -21758,140 +21761,140 @@
         <x:v>665</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>623416</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>516062</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>587284</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>26</x:v>
@@ -22001,51 +22004,51 @@
       <x:c r="M359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>473727</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
@@ -22196,115 +22199,115 @@
       <x:c r="I363" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>601891</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="H364" s="14" t="s">
         <x:v>632</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>633</x:v>
       </x:c>
       <x:c r="I364" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
-        <x:v>632</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>559482</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>26</x:v>
@@ -22465,51 +22468,51 @@
         <x:v>137</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>576875</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>689</x:v>
@@ -23197,51 +23200,51 @@
       <x:c r="M382" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>579050</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>58</x:v>
@@ -23610,51 +23613,51 @@
       <x:c r="M390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>602501</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>27</x:v>
@@ -23857,57 +23860,57 @@
       <x:c r="I395" s="4" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>15002</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>618562</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>741</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="C396" s="15" t="s"/>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s"/>
       <x:c r="K396" s="14" t="s">
@@ -23986,233 +23989,233 @@
       <x:c r="S397" s="0" t="n">
         <x:v>586579</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="C398" s="15" t="s"/>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="I398" s="16" t="s">
         <x:v>751</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>752</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="R398" s="14" t="s">
         <x:v>752</x:v>
       </x:c>
-      <x:c r="R398" s="14" t="s">
+      <x:c r="S398" s="14" t="n">
+        <x:v>553917</x:v>
+      </x:c>
+      <x:c r="T398" s="16" t="s">
         <x:v>753</x:v>
       </x:c>
-      <x:c r="S398" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="C399" s="3" t="s"/>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>755</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>755</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>756</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>553917</x:v>
+        <x:v>569784</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>757</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>580162</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>606678</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>759</x:v>
       </x:c>
@@ -24221,51 +24224,51 @@
         <x:v>760</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>580163</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>316</x:v>
@@ -24498,88 +24501,88 @@
       <x:c r="R407" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>621265</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>754</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
-        <x:v>754</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
-        <x:v>755</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>754</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>755</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>756</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>553920</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>757</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="C409" s="3" t="s"/>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>58</x:v>
@@ -24857,81 +24860,81 @@
         <x:v>88</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>616706</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="C415" s="3" t="s"/>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
-        <x:v>755</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>755</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>756</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>611696</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
@@ -25047,109 +25050,109 @@
       <x:c r="K418" s="14" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>588283</x:v>
+        <x:v>579048</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>798</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="C419" s="3" t="s"/>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>579048</x:v>
+        <x:v>588283</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="C420" s="15" t="s"/>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="I420" s="16" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s"/>
       <x:c r="K420" s="14" t="s">
         <x:v>797</x:v>
@@ -25671,51 +25674,51 @@
         <x:v>812</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s"/>
       <x:c r="K430" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>542236</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>813</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="C431" s="3" t="s"/>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>812</x:v>
@@ -25822,51 +25825,51 @@
       <x:c r="I433" s="4" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>542235</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="C434" s="15" t="s"/>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>811</x:v>
       </x:c>
@@ -25875,51 +25878,51 @@
         <x:v>812</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s"/>
       <x:c r="K434" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>542237</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>813</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="C435" s="3" t="s"/>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>812</x:v>
@@ -26152,135 +26155,135 @@
       <x:c r="R439" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>577478</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="C440" s="15" t="s"/>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s"/>
       <x:c r="K440" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>551213</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="C441" s="3" t="s"/>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>551212</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="C442" s="15" t="s"/>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s"/>
       <x:c r="K442" s="14" t="s">
@@ -26462,184 +26465,184 @@
         <x:v>623997</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>833</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="C446" s="15" t="s"/>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
-        <x:v>755</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s"/>
       <x:c r="K446" s="14" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
-        <x:v>755</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>617969</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="C447" s="3" t="s"/>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>551401</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="C448" s="15" t="s"/>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s"/>
       <x:c r="K448" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>551397</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="C449" s="3" t="s"/>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>26</x:v>
@@ -27101,100 +27104,100 @@
         <x:v>859</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s"/>
       <x:c r="K458" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>520790</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C459" s="3" t="s"/>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>574335</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C460" s="15" t="s"/>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>851</x:v>
       </x:c>
@@ -27225,140 +27228,140 @@
         <x:v>852</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>598378</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>862</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C461" s="3" t="s"/>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
-        <x:v>852</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
-        <x:v>852</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>544372</x:v>
+        <x:v>611923</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C462" s="15" t="s"/>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s"/>
       <x:c r="K462" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>611923</x:v>
+        <x:v>544372</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C463" s="3" t="s"/>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>27</x:v>
@@ -27713,100 +27716,100 @@
         <x:v>161</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s"/>
       <x:c r="K470" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>611928</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="C471" s="3" t="s"/>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>575827</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>879</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="C472" s="15" t="s"/>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>851</x:v>
       </x:c>
@@ -27917,100 +27920,100 @@
         <x:v>161</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s"/>
       <x:c r="K474" s="14" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>575830</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>887</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="C475" s="3" t="s"/>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>580507</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="C476" s="15" t="s"/>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
@@ -28170,51 +28173,51 @@
       <x:c r="I479" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>624162</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="C480" s="15" t="s"/>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
@@ -28223,100 +28226,100 @@
         <x:v>227</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s"/>
       <x:c r="K480" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>624163</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>894</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="C481" s="3" t="s"/>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>580511</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>895</x:v>
       </x:c>
       <x:c r="C482" s="15" t="s"/>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
@@ -28733,51 +28736,51 @@
         <x:v>227</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s"/>
       <x:c r="K490" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>579942</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>900</x:v>
       </x:c>
       <x:c r="C491" s="3" t="s"/>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>227</x:v>
@@ -28835,100 +28838,100 @@
         <x:v>227</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s"/>
       <x:c r="K492" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>579939</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="C493" s="3" t="s"/>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>624159</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>906</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>907</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="C494" s="15" t="s"/>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
@@ -28937,51 +28940,51 @@
         <x:v>227</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s"/>
       <x:c r="K494" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>624158</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>34921</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="E495" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
@@ -29110,51 +29113,51 @@
       <x:c r="J497" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>545825</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>34921</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
@@ -29189,341 +29192,341 @@
         <x:v>34</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>587316</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="C499" s="3" t="s"/>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>620789</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>917</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="C500" s="15" t="s"/>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s"/>
       <x:c r="K500" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>551410</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="C501" s="3" t="s"/>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>551411</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>919</x:v>
       </x:c>
       <x:c r="C502" s="15" t="s"/>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s"/>
       <x:c r="K502" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>616439</x:v>
+        <x:v>616441</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>920</x:v>
+        <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>919</x:v>
       </x:c>
       <x:c r="C503" s="3" t="s"/>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>616441</x:v>
+        <x:v>568603</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>773</x:v>
+        <x:v>921</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>919</x:v>
       </x:c>
       <x:c r="C504" s="15" t="s"/>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s"/>
       <x:c r="K504" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>568603</x:v>
+        <x:v>616439</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>921</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>922</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>919</x:v>
       </x:c>
       <x:c r="C505" s="3" t="s"/>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>58</x:v>
@@ -29648,135 +29651,135 @@
       <x:c r="R507" s="0" t="s">
         <x:v>930</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>614641</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>932</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>933</x:v>
       </x:c>
       <x:c r="C508" s="15" t="s"/>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s"/>
       <x:c r="K508" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
         <x:v>555357</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>933</x:v>
       </x:c>
       <x:c r="C509" s="3" t="s"/>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>555359</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>934</x:v>
       </x:c>
       <x:c r="C510" s="15" t="s"/>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s"/>
       <x:c r="K510" s="14" t="s">
@@ -29785,51 +29788,51 @@
       <x:c r="L510" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>616986</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>569</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>934</x:v>
       </x:c>
       <x:c r="C511" s="3" t="s"/>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>58</x:v>