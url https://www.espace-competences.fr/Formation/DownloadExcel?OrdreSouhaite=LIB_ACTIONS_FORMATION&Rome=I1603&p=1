--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -419,62 +419,62 @@
   <x:si>
     <x:t>Lycée Privé Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Akteap</x:t>
   </x:si>
   <x:si>
     <x:t>69300</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
+    <x:t>Cma Formation Avignon - Antenne Avignon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cma Formation Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84009</x:t>
   </x:si>
   <x:si>
-    <x:t>AVIGNON</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>CAP maintenance des matériels option B : matériels de construction et de manutention</x:t>
   </x:si>
   <x:si>
     <x:t>CAP maintenance des matériels option B : matériels de construction et de manutention (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Maintenance des matériels option B matériels de construction et de manutention</x:t>
   </x:si>
   <x:si>
     <x:t>CAP maintenance des matériels option C : matériels d'espaces verts (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Conduire le tracteur attelé et  réaliser les travaux du sol</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Carpentras</x:t>
   </x:si>
   <x:si>
     <x:t>CFPPA</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>Conjoint collaborateur d'exploitant agricole , Demandeur d'emploi , Exploitant agricole, salarié agricole , Particulier, individuel , Salarié</x:t>
@@ -545,150 +545,150 @@
   <x:si>
     <x:t>Machinisme viticole</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Electronique embarquée et barre de guidage : apprendre à s'en servir</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Monter, démonter, utiliser et réaliser la vérification journalière des échafaudages de pied - ECX037</x:t>
   </x:si>
   <x:si>
     <x:t>Apave Exploitation France</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINTE-TULLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>02/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Monter, vérifier et utiliser des échafaudages roulants - ECX033</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réception, conformité, vérification et utilisation d'un échafaudage fixe - ECX055</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Régler et étalonner son pulvérisateur en viticulture</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
@@ -2779,57 +2779,57 @@
       <x:c r="K27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>602119</x:v>
+        <x:v>498984</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39327</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>61</x:v>
@@ -2840,57 +2840,57 @@
       <x:c r="K28" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>498984</x:v>
+        <x:v>602119</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39327</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -3180,111 +3180,111 @@
       <x:c r="K34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>587884</x:v>
+        <x:v>544529</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38577</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>544529</x:v>
+        <x:v>587884</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38577</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -4239,90 +4239,87 @@
       <x:c r="S52" s="14" t="n">
         <x:v>611625</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>113</x:v>
-[...2 lines deleted...]
-        <x:v>114</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>501954</x:v>
+        <x:v>554264</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>103</x:v>
@@ -4336,297 +4333,299 @@
       <x:c r="K54" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>512519</x:v>
+        <x:v>599639</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>552736</x:v>
+        <x:v>512519</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>599639</x:v>
+        <x:v>552736</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="Q57" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="Q57" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>607561</x:v>
+        <x:v>501954</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>106</x:v>
-[...1 lines deleted...]
-      <x:c r="H58" s="14" t="s"/>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s">
+        <x:v>114</x:v>
+      </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>554264</x:v>
+        <x:v>607561</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -5410,145 +5409,146 @@
       <x:c r="S72" s="14" t="n">
         <x:v>519389</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H73" s="0" t="s">
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>554270</x:v>
+        <x:v>558675</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>102</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>558675</x:v>
+        <x:v>554270</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -5729,57 +5729,57 @@
       <x:c r="H78" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>607562</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -5910,57 +5910,57 @@
       <x:c r="H81" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>552737</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -5971,57 +5971,57 @@
       <x:c r="H82" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="R82" s="14" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>501959</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>126</x:v>
@@ -6355,252 +6355,252 @@
       <x:c r="K89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>610427</x:v>
+        <x:v>610426</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>591523</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="U90" s="16" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>606390</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="U91" s="4" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>610426</x:v>
+        <x:v>610427</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>591524</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
@@ -6717,54 +6717,54 @@
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>606392</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="U96" s="16" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
@@ -6862,51 +6862,51 @@
       <x:c r="I99" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>610417</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
@@ -6915,51 +6915,51 @@
         <x:v>157</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>606387</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>157</x:v>
@@ -7224,202 +7224,202 @@
       <x:c r="K106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>610424</x:v>
+        <x:v>591517</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>610418</x:v>
+        <x:v>606389</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>591517</x:v>
+        <x:v>591520</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>606389</x:v>
+        <x:v>591522</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>157</x:v>
@@ -7527,153 +7527,153 @@
         <x:v>157</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>591520</x:v>
+        <x:v>610424</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>591522</x:v>
+        <x:v>610418</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>606393</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>157</x:v>
@@ -8332,215 +8332,215 @@
       <x:c r="I127" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>606386</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>591515</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>591516</x:v>
+        <x:v>610415</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>610415</x:v>
+        <x:v>591516</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>