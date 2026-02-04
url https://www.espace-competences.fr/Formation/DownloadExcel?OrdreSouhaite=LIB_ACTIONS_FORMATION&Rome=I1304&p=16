--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -281,98 +281,98 @@
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>LP L Blériot</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent d'altitude - Suzanne Joulié Roos</x:t>
   </x:si>
   <x:si>
     <x:t>05105</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent d'altitude</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>LP J Raynaud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée P de Girard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 2</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83514</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Janetti</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro maintenance des systèmes de production connectés</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Les Iscles</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
-    <x:t>LP J Raynaud</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée G Cisson</x:t>
   </x:si>
   <x:si>
     <x:t>83100</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>LP J Moulin</x:t>
   </x:si>
   <x:si>
     <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
@@ -572,56 +572,56 @@
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Jean Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Régional Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
+    <x:t>07/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/15/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BAC PRO Maintenance des Systèmes de Production Connectés (MSPC)</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro technicien en transport et distribution des gaz (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chauffage gaz</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro technicien gaz (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BTS aéronautique</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
@@ -944,59 +944,59 @@
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>BTS maintenance des systèmes option D : systèmes ascenseurs et élévateurs</x:t>
   </x:si>
   <x:si>
     <x:t>BTS maintenance des systèmes option D : systèmes ascenseurs et élévateurs (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée des Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>BTS MMCM - Maintenance des Matériels de Construction et de Manutention</x:t>
   </x:si>
   <x:si>
     <x:t>BTS MMCM- Maintenance des Matériels de Construction et de Manutention</x:t>
   </x:si>
   <x:si>
     <x:t>BTS MS - Maintenance des Systèmes - option A Systèmes de production</x:t>
   </x:si>
   <x:si>
+    <x:t>07/28/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LE THOLONET</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/28/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS MS - Maintenance des systèmes - option B Systèmes énergétiques et fluidiques</x:t>
   </x:si>
   <x:si>
     <x:t>BTS photonique : technologies et sciences de la lumière</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Louis - Ste-Marie</x:t>
   </x:si>
   <x:si>
     <x:t>13180</x:t>
   </x:si>
   <x:si>
     <x:t>Optique</x:t>
   </x:si>
   <x:si>
     <x:t>GIGNAC-LA-NERTHE</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie électrique et informatique industrielle parcours électricité et maîtrise de l'énergie</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
@@ -1004,89 +1004,89 @@
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Électricité</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
+    <x:t>UCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité génie électrique et informatique industrielle parcours électricité et maîtrise de l'énergie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Circuler et travailler en zone ATEX (ATmosphère EXplosive) - Niveau 0 - Initial et recyclage - ATB008</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie industriel et maintenance parcours ingénierie des systèmes pluritechniques</x:t>
@@ -1664,57 +1664,57 @@
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Istres</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien de maintenance industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Louis Blériot</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien de maintenance industrielle (FTJ)</x:t>
   </x:si>
   <x:si>
+    <x:t>03/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>01/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Technicien d'équipement et d'exploitation en électricité</x:t>
   </x:si>
   <x:si>
     <x:t>Performance énergétique bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien d'équipement et d'exploitation en électricité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien supérieur de maintenance industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
@@ -3303,51 +3303,51 @@
       <x:c r="K20" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>596219</x:v>
+        <x:v>596225</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -3357,219 +3357,219 @@
       <x:c r="K21" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>596222</x:v>
+        <x:v>596232</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="Q22" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="Q22" s="16" t="s">
+      <x:c r="R22" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="R22" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>596228</x:v>
+        <x:v>596219</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="I23" s="4" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="Q23" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="Q23" s="4" t="s">
+      <x:c r="R23" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="R23" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>596225</x:v>
+        <x:v>596222</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>596232</x:v>
+        <x:v>596228</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -3593,51 +3593,51 @@
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>596216</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
@@ -4360,54 +4360,54 @@
       <x:c r="I39" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>605760</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -4481,54 +4481,54 @@
       <x:c r="I41" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>500922</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -4542,54 +4542,54 @@
       <x:c r="I42" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>451199</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -4663,54 +4663,54 @@
       <x:c r="I44" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>550192</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -4723,54 +4723,54 @@
       <x:c r="I45" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>550193</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -5086,54 +5086,54 @@
       <x:c r="I51" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>500921</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -5931,54 +5931,54 @@
       <x:c r="I65" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>605759</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -6232,544 +6232,544 @@
       <x:c r="I70" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>547629</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>515657</x:v>
+        <x:v>607519</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>500915</x:v>
+        <x:v>498987</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H73" s="0" t="s">
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>605971</x:v>
+        <x:v>507313</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>607519</x:v>
+        <x:v>550188</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>132</x:v>
-[...2 lines deleted...]
-        <x:v>133</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>498987</x:v>
+        <x:v>605971</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>507313</x:v>
+        <x:v>515657</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>550188</x:v>
+        <x:v>500915</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>455397</x:v>
+        <x:v>605761</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
@@ -6779,118 +6779,118 @@
       <x:c r="K79" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>605761</x:v>
+        <x:v>605762</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>605762</x:v>
+        <x:v>455397</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -6959,51 +6959,51 @@
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>509250</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
@@ -7123,51 +7123,51 @@
       <x:c r="J85" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>597596</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
@@ -7180,51 +7180,51 @@
       <x:c r="J86" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>543632</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>40437</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -9168,81 +9168,81 @@
       <x:c r="R120" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>596516</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>596512</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
@@ -9279,138 +9279,138 @@
       <x:c r="R122" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>596513</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>596515</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>596510</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
@@ -9450,78 +9450,78 @@
       <x:c r="T125" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>596517</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -9540,51 +9540,51 @@
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>516017</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
@@ -9708,54 +9708,54 @@
       <x:c r="I130" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>605698</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -9768,54 +9768,54 @@
       <x:c r="I131" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>611314</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -9829,54 +9829,54 @@
       <x:c r="I132" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>501004</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -10893,60 +10893,60 @@
       <x:c r="I150" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>494794</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -11256,51 +11256,51 @@
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>494792</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
@@ -11313,51 +11313,51 @@
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>494831</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
@@ -11479,54 +11479,54 @@
       <x:c r="I160" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>547618</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -11905,51 +11905,51 @@
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>493131</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
@@ -12076,54 +12076,54 @@
       <x:c r="I170" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>550272</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -12319,51 +12319,51 @@
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>504951</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
@@ -12497,51 +12497,51 @@
       <x:c r="L177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>511069</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>144</x:v>
@@ -12786,54 +12786,54 @@
       <x:c r="I182" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>611260</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -12909,51 +12909,51 @@
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>515949</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
@@ -13075,54 +13075,54 @@
       <x:c r="I187" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>556734</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -13382,51 +13382,51 @@
       <x:c r="L192" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>511064</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
@@ -13876,81 +13876,81 @@
       <x:c r="R200" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>550273</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>596447</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -14052,91 +14052,93 @@
         <x:v>598932</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>232</x:v>
-[...1 lines deleted...]
-      <x:c r="H204" s="14" t="s"/>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H204" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
       <x:c r="I204" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>516059</x:v>
+        <x:v>605704</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
@@ -14146,115 +14148,113 @@
       <x:c r="K205" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>605704</x:v>
+        <x:v>519681</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>127</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>519681</x:v>
+        <x:v>516059</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
@@ -14564,432 +14564,430 @@
       <x:c r="R212" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>542484</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>611580</x:v>
+        <x:v>608351</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>543699</x:v>
+        <x:v>587945</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>253</x:v>
-[...2 lines deleted...]
-        <x:v>254</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>554785</x:v>
+        <x:v>491867</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>183</x:v>
-[...1 lines deleted...]
-      <x:c r="H216" s="14" t="s"/>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H216" s="14" t="s">
+        <x:v>158</x:v>
+      </x:c>
       <x:c r="I216" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>587946</x:v>
+        <x:v>611580</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>587945</x:v>
+        <x:v>543699</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>183</x:v>
-[...1 lines deleted...]
-      <x:c r="H218" s="14" t="s"/>
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="H218" s="14" t="s">
+        <x:v>254</x:v>
+      </x:c>
       <x:c r="I218" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>491867</x:v>
+        <x:v>554785</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>253</x:v>
-[...2 lines deleted...]
-        <x:v>254</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>608351</x:v>
+        <x:v>587946</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
@@ -15056,51 +15054,51 @@
       <x:c r="L221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>504175</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
@@ -15167,51 +15165,51 @@
       <x:c r="L223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>493644</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
@@ -15329,105 +15327,105 @@
       <x:c r="J226" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>489493</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>550643</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
@@ -15440,51 +15438,51 @@
       <x:c r="J228" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>493645</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -15553,51 +15551,51 @@
       <x:c r="J230" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>550633</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
@@ -15848,276 +15846,275 @@
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>596770</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H236" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>596769</x:v>
+        <x:v>581539</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="H237" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="H237" s="0" t="s">
+      <x:c r="I237" s="4" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>316</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="R237" s="0" t="s">
         <x:v>316</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>317</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>575966</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="H238" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="H238" s="14" t="s">
+      <x:c r="I238" s="16" t="s">
         <x:v>320</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>321</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>587823</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>302</x:v>
-[...1 lines deleted...]
-      <x:c r="H239" s="0" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="I239" s="4" t="s">
         <x:v>322</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>323</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="R239" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="R239" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>581539</x:v>
+        <x:v>596769</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>326</x:v>
@@ -16182,51 +16179,51 @@
       <x:c r="I241" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>554857</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
@@ -16243,51 +16240,51 @@
       <x:c r="I242" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>603399</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
@@ -16303,51 +16300,51 @@
       <x:c r="I243" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>554858</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
@@ -16474,51 +16471,51 @@
       <x:c r="I246" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>603400</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
@@ -19985,110 +19982,110 @@
       <x:c r="K311" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>610360</x:v>
+        <x:v>591474</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>591474</x:v>
+        <x:v>610360</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>27</x:v>
@@ -21649,51 +21646,51 @@
       <x:c r="J342" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>24154</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>566748</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>30088</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
@@ -21703,51 +21700,51 @@
       <x:c r="J343" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>24154</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>615148</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>30088</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -21818,51 +21815,51 @@
       <x:c r="J345" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>24154</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>607334</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>30088</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
@@ -21875,51 +21872,51 @@
       <x:c r="J346" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>24154</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>550637</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>460</x:v>
@@ -21981,51 +21978,51 @@
       <x:c r="J348" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>22078</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>615184</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>464</x:v>
@@ -22036,60 +22033,60 @@
       <x:c r="J349" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>22078</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>571006</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I350" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
@@ -22921,146 +22918,146 @@
       <x:c r="R364" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>585624</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>585622</x:v>
+        <x:v>585920</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I366" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>585920</x:v>
+        <x:v>585622</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -24927,51 +24924,51 @@
       <x:c r="J399" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>566254</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
@@ -25345,66 +25342,66 @@
       <x:c r="H406" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>579937</x:v>
+        <x:v>563150</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>531</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="E407" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
@@ -25417,117 +25414,117 @@
       <x:c r="K407" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>563150</x:v>
+        <x:v>612888</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="U407" s="4" t="s">
         <x:v>532</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="F408" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="G408" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>612888</x:v>
+        <x:v>579937</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
@@ -26193,51 +26190,51 @@
         <x:v>515</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s"/>
       <x:c r="K420" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>612883</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="C421" s="3" t="s"/>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>512</x:v>