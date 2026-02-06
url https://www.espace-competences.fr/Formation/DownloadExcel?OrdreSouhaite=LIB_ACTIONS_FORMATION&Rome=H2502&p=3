--- v0 (2026-02-06)
+++ v1 (2026-02-06)
@@ -2209,57 +2209,57 @@
       <x:c r="K10" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>554900</x:v>
+        <x:v>603418</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -2269,57 +2269,57 @@
       <x:c r="K11" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>603418</x:v>
+        <x:v>554900</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>51</x:v>
@@ -2746,57 +2746,57 @@
       <x:c r="K19" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>554901</x:v>
+        <x:v>603419</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>35352</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>51</x:v>
@@ -2807,57 +2807,57 @@
       <x:c r="K20" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>603419</x:v>
+        <x:v>554901</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>35352</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -2969,51 +2969,51 @@
       <x:c r="K23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>613714</x:v>
+        <x:v>613715</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>97</x:v>
@@ -3022,51 +3022,51 @@
       <x:c r="K24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>613715</x:v>
+        <x:v>613714</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
@@ -4011,161 +4011,161 @@
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>592394</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>39169</x:v>
+        <x:v>37939</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>605714</x:v>
+        <x:v>451266</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>37939</x:v>
+        <x:v>39169</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>451266</x:v>
+        <x:v>605714</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>39169</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -4474,51 +4474,51 @@
       <x:c r="K50" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>616043</x:v>
+        <x:v>597135</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -4528,51 +4528,51 @@
       <x:c r="K51" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>597135</x:v>
+        <x:v>616043</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>113</x:v>
@@ -4589,57 +4589,57 @@
       <x:c r="K52" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>555743</x:v>
+        <x:v>501077</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -4649,57 +4649,57 @@
       <x:c r="K53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>501077</x:v>
+        <x:v>605717</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>106</x:v>
@@ -4710,57 +4710,57 @@
       <x:c r="K54" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>605717</x:v>
+        <x:v>555743</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>35637</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -5391,114 +5391,114 @@
       <x:c r="K66" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>546663</x:v>
+        <x:v>497289</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>40179</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>497289</x:v>
+        <x:v>447455</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>40179</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
@@ -5507,57 +5507,57 @@
       <x:c r="K68" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>447455</x:v>
+        <x:v>546663</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38412</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -5920,57 +5920,57 @@
       <x:c r="K75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>451269</x:v>
+        <x:v>501083</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38321</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>106</x:v>
@@ -5981,57 +5981,57 @@
       <x:c r="K76" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>501083</x:v>
+        <x:v>451269</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>40701</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -8684,230 +8684,230 @@
       <x:c r="K123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>578592</x:v>
+        <x:v>615681</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>35</x:v>
-[...1 lines deleted...]
-      <x:c r="H124" s="14" t="s"/>
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="H124" s="14" t="s">
+        <x:v>307</x:v>
+      </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>591983</x:v>
+        <x:v>578591</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>615681</x:v>
+        <x:v>578592</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>306</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>578591</x:v>
+        <x:v>591983</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -8962,111 +8962,111 @@
       <x:c r="I128" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>591873</x:v>
+        <x:v>591872</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38682</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>591872</x:v>
+        <x:v>591873</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38682</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>