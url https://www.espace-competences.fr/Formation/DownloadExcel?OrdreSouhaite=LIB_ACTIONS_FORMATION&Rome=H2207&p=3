--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -458,93 +458,93 @@
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>DN MADE mention objet</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Léonard de Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>06633</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Art appliqué</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée J Perrin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 10</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée La Tourrache</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée J Perrin</x:t>
-[...5 lines deleted...]
-    <x:t>MARSEILLE CEDEX 10</x:t>
+    <x:t>ébéniste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESEA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Menuiserie agencement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE THOR</x:t>
   </x:si>
   <x:si>
     <x:t>Ébéniste</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure d'Ebénisterie d'Avignon</x:t>
   </x:si>
   <x:si>
-    <x:t>ESEA</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>ébéniste</x:t>
   </x:si>
   <x:si>
     <x:t>Menuisier</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure d'Ebénisterie de Haute Provence</x:t>
   </x:si>
   <x:si>
     <x:t>ESEHP</x:t>
   </x:si>
   <x:si>
     <x:t>04400</x:t>
   </x:si>
   <x:si>
     <x:t>BARCELONNETTE</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>technicien des arts mobiliers, sculptés et décoratifs</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
@@ -2824,119 +2824,119 @@
       <x:c r="J31" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>45582</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>571294</x:v>
+        <x:v>550644</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37538</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>45582</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>550644</x:v>
+        <x:v>571294</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37538</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -3837,152 +3837,151 @@
       <x:c r="S48" s="14" t="n">
         <x:v>499410</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37538</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>63</x:v>
-[...2 lines deleted...]
-        <x:v>64</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>45582</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>607551</x:v>
+        <x:v>599849</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37538</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="H50" s="14" t="s"/>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H50" s="14" t="s">
+        <x:v>64</x:v>
+      </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>45582</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>599849</x:v>
+        <x:v>607551</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37538</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -4100,51 +4099,51 @@
       <x:c r="K53" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>595600</x:v>
+        <x:v>595597</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
@@ -4157,282 +4156,281 @@
       <x:c r="K54" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>595597</x:v>
+        <x:v>595600</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>595601</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>595598</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>40001</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="H57" s="0" t="s">
+      <x:c r="I57" s="4" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>579927</x:v>
+        <x:v>595110</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>38</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>40001</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="I58" s="16" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...2 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="P58" s="14" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="Q58" s="16" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="R58" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="P58" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>595110</x:v>
+        <x:v>579927</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>36745</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4462,82 +4460,82 @@
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>566297</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38816</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>45096</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="Q60" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="Q60" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>591849</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>