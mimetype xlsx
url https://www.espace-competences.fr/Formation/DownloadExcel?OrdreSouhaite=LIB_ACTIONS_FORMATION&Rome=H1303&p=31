--- v0 (2026-03-20)
+++ v1 (2026-03-20)
@@ -242,71 +242,71 @@
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de sécurité (MAC APS) + Sauveteur secouriste du travail (SST)</x:t>
   </x:si>
   <x:si>
     <x:t>NG Formations - Ngnear</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/08/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
@@ -404,68 +404,68 @@
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Qualité hygiène sécurité environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/09/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Assurer sa mission de salarié désigné compétent en santé et sécurité au travail</x:t>
   </x:si>
   <x:si>
     <x:t>Ma Prev en Jeu - Maryline Jasek</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Santé sécurité travail</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>Atmosphère explosive niveau 1 - ATEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Atout Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>13270</x:t>
@@ -641,62 +641,62 @@
   <x:si>
     <x:t>Forma Var - Antenne Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Hygiène et du Nettoyage Industriel</x:t>
   </x:si>
   <x:si>
     <x:t>INHNI</x:t>
   </x:si>
   <x:si>
     <x:t>94800</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>BTSA qualité, alimentation, innovation et maîtrise sanitaire option aliments et processus technologiques</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Pétrarque</x:t>
   </x:si>
   <x:si>
     <x:t>84911</x:t>
   </x:si>
   <x:si>
     <x:t>Qualité sécurité agroalimentaire</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA qualité, alimentation, innovation et maîtrise sanitaire option aliments et processus technologiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ifria Sud Paca - CFA Ifria Sud Paca</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique François Pétrarque</x:t>
@@ -923,74 +923,74 @@
   <x:si>
     <x:t>69009</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/28/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>08/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
@@ -1220,68 +1220,68 @@
   <x:si>
     <x:t>Habilitation électrique BF-HF</x:t>
   </x:si>
   <x:si>
     <x:t>Olivier Dupeyre Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ODF</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Chimie</x:t>
   </x:si>
   <x:si>
     <x:t>84916</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 20</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
-    <x:t>Université Côte d'Azur</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Licence mention chimie parcours chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention chimie parcours génie chimique, génie des procédés</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention chimie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention physique</x:t>
   </x:si>
   <x:si>
     <x:t>Physique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours physique et modélisation</x:t>
@@ -1601,60 +1601,60 @@
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des risques QHSE</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des risques QHSE (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Formeo 83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formeo 83</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/21/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ip Seq</x:t>
   </x:si>
   <x:si>
     <x:t>Ip Seq - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention risques et environnement parcours gestion territoriale des risques naturels et technologiques - Sciences du risque</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
   </x:si>
   <x:si>
     <x:t>mastère spé. expert en projets et production d'énergies renouvelables</x:t>
   </x:si>
   <x:si>
     <x:t>Arts et Métiers - Sciences et Technologies - campus d'Aix-en-Provence</x:t>
   </x:si>
@@ -2729,51 +2729,51 @@
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>586783</x:v>
+        <x:v>586786</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>55</x:v>
@@ -2782,159 +2782,159 @@
       <x:c r="K10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>586784</x:v>
+        <x:v>586783</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>586789</x:v>
+        <x:v>586784</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>586786</x:v>
+        <x:v>586789</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
@@ -3576,93 +3576,93 @@
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>589939</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>36480</x:v>
+        <x:v>41100</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>12578</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>497982</x:v>
+        <x:v>589936</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>41100</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -3675,110 +3675,110 @@
       <x:c r="K27" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>589936</x:v>
+        <x:v>600206</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>41100</x:v>
+        <x:v>36480</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>31407</x:v>
+        <x:v>12578</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>600206</x:v>
+        <x:v>497982</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
@@ -4634,51 +4634,51 @@
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>548691</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
@@ -4691,51 +4691,51 @@
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>548692</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>186</x:v>
@@ -4773,145 +4773,146 @@
       <x:c r="S46" s="14" t="n">
         <x:v>581591</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="H47" s="0" t="s">
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>571046</x:v>
+        <x:v>607273</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>185</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>607273</x:v>
+        <x:v>571046</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
@@ -5159,51 +5160,51 @@
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>501478</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>35368</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
@@ -5444,51 +5445,51 @@
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>556142</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
@@ -6309,360 +6310,360 @@
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>619985</x:v>
+        <x:v>610760</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>619988</x:v>
+        <x:v>610771</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>619990</x:v>
+        <x:v>619985</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>619997</x:v>
+        <x:v>619988</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>620001</x:v>
+        <x:v>619990</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="U78" s="16" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>610760</x:v>
+        <x:v>619997</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>610771</x:v>
+        <x:v>620001</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
@@ -6772,51 +6773,51 @@
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>620000</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
@@ -6973,54 +6974,54 @@
       <x:c r="L87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>619987</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
@@ -7078,51 +7079,51 @@
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>620009</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
@@ -8355,100 +8356,100 @@
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>620011</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>620015</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
@@ -8503,51 +8504,51 @@
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>610759</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
@@ -8556,51 +8557,51 @@
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>610765</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
@@ -8608,51 +8609,51 @@
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>619995</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
@@ -8754,313 +8755,313 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>619981</x:v>
+        <x:v>619986</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>619986</x:v>
+        <x:v>619998</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>619998</x:v>
+        <x:v>620010</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>620010</x:v>
+        <x:v>620013</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>620013</x:v>
+        <x:v>620014</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>620014</x:v>
+        <x:v>619981</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
@@ -9337,138 +9338,138 @@
       <x:c r="R133" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>598745</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>42866</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>576684</x:v>
+        <x:v>600722</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>42866</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>600722</x:v>
+        <x:v>576684</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
@@ -10120,195 +10121,195 @@
       <x:c r="R148" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>591907</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>591906</x:v>
+        <x:v>591908</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>591908</x:v>
+        <x:v>591909</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>591909</x:v>
+        <x:v>591906</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
@@ -10490,108 +10491,108 @@
       <x:c r="J155" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>592020</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="Q156" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="Q156" s="16" t="s">
+      <x:c r="R156" s="14" t="s">
         <x:v>385</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>386</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>592015</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
@@ -10709,54 +10710,54 @@
       <x:c r="I159" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="R159" s="0" t="s">
         <x:v>387</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>388</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>592017</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
@@ -10998,54 +10999,54 @@
       <x:c r="I164" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="R164" s="14" t="s">
         <x:v>387</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>388</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>592022</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
@@ -11342,51 +11343,51 @@
       <x:c r="J170" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>592171</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
@@ -11459,51 +11460,51 @@
       <x:c r="L172" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>598013</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
@@ -11561,54 +11562,54 @@
       <x:c r="I174" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="R174" s="14" t="s">
         <x:v>387</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>388</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>592167</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
@@ -11644,82 +11645,82 @@
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>592169</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="Q176" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="Q176" s="16" t="s">
+      <x:c r="R176" s="14" t="s">
         <x:v>385</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>386</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>592168</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
@@ -11840,51 +11841,51 @@
       <x:c r="J179" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>592350</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
@@ -11894,54 +11895,54 @@
       <x:c r="I180" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="R180" s="14" t="s">
         <x:v>387</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>388</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>592349</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
@@ -13076,81 +13077,81 @@
       <x:c r="R200" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>606181</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="I201" s="4" t="s">
         <x:v>384</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>385</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="Q201" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="Q201" s="4" t="s">
+      <x:c r="R201" s="0" t="s">
         <x:v>385</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>386</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>592532</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
@@ -13896,51 +13897,51 @@
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>613569</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
@@ -14156,51 +14157,51 @@
       <x:c r="M220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>613577</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>27</x:v>
@@ -14561,51 +14562,51 @@
       <x:c r="L228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>613573</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>26</x:v>
@@ -14663,51 +14664,51 @@
       <x:c r="L230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>613580</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>26</x:v>
@@ -14867,51 +14868,51 @@
       <x:c r="L234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>613581</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>25</x:v>
@@ -15074,54 +15075,54 @@
       <x:c r="L238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>610793</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
@@ -15278,54 +15279,54 @@
       <x:c r="L242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>610789</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>27</x:v>
@@ -15633,54 +15634,54 @@
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>620055</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
@@ -16857,107 +16858,107 @@
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>610788</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>620021</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
@@ -17726,54 +17727,54 @@
       <x:c r="L290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>610782</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>27</x:v>
@@ -18760,51 +18761,51 @@
       <x:c r="M310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>609315</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -18833,148 +18834,148 @@
         <x:v>599036</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>509526</x:v>
+        <x:v>603085</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>603084</x:v>
+        <x:v>546767</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
@@ -18983,158 +18984,158 @@
       <x:c r="K314" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>546767</x:v>
+        <x:v>509526</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>507</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>603085</x:v>
+        <x:v>603084</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>569653</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
@@ -19159,54 +19160,54 @@
       <x:c r="L317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>509533</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
@@ -19239,75 +19240,75 @@
       <x:c r="S318" s="14" t="n">
         <x:v>546766</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>569652</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
@@ -19590,51 +19591,51 @@
       <x:c r="M325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>33029</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>610717</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">