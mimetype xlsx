--- v0 (2026-02-03)
+++ v1 (2026-02-04)
@@ -263,98 +263,98 @@
   <x:si>
     <x:t>83510</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>13691</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception et réalisation de systèmes automatiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
+    <x:t>CFA Régional CFAI Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFAI PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Les Iscles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Api 84 - Cfai 84 - Nextech</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
-    <x:t>Autre public</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
-    <x:t>CFA Régional CFAI Provence</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie électrique et informatique industrielle parcours automatisme et informatique industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Électricité</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
@@ -368,144 +368,144 @@
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 13</x:t>
+  </x:si>
+  <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
-    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité génie électrique et informatique industrielle parcours automatisme et informatique industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
+    <x:t>Université de Toulon - IUT La Garde</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Université de Toulon - IUT La Garde</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire technologie et sciences industrielles (TSI), 1re année</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Télécommunication</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Rouvière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Ferry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée A Artaud</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>CANNES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire technologie et sciences industrielles (TSI), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Automatisme informatique industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention domotique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Immotique</x:t>
   </x:si>
@@ -1709,407 +1709,405 @@
       <x:c r="I12" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>558858</x:v>
+        <x:v>550241</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-        <x:v>72</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>550241</x:v>
+        <x:v>514128</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>75</x:v>
-[...1 lines deleted...]
-      <x:c r="H14" s="14" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H14" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
       <x:c r="I14" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>514128</x:v>
+        <x:v>605688</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-        <x:v>72</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>605688</x:v>
+        <x:v>605939</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H16" s="14" t="s"/>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="H16" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="I16" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>605939</x:v>
+        <x:v>558858</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>602807</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>500987</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
@@ -2122,51 +2120,51 @@
       <x:c r="G19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>547557</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
@@ -2181,117 +2179,117 @@
         <x:v>23</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>494784</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>602805</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
@@ -2500,139 +2498,139 @@
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>596778</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="Q26" s="16" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="R26" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="Q26" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>596777</x:v>
+        <x:v>596779</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>596779</x:v>
+        <x:v>596777</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>108</x:v>
@@ -2640,247 +2638,247 @@
       <x:c r="H28" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>603816</x:v>
+        <x:v>602531</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>602531</x:v>
+        <x:v>603816</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>510479</x:v>
+        <x:v>510675</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>510675</x:v>
+        <x:v>554855</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>110</x:v>
@@ -2891,117 +2889,117 @@
       <x:c r="K32" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>554855</x:v>
+        <x:v>603397</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>603397</x:v>
+        <x:v>510479</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>110</x:v>
@@ -3124,57 +3122,57 @@
       <x:c r="H36" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>556126</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -3305,363 +3303,363 @@
       <x:c r="H39" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>454247</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="P40" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="Q40" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="P40" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>592937</x:v>
+        <x:v>592936</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>592936</x:v>
+        <x:v>592938</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>592938</x:v>
+        <x:v>592937</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>594652</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="Q44" s="16" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="R44" s="14" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>594653</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="I45" s="4" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="Q45" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="Q45" s="4" t="s">
+      <x:c r="R45" s="0" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>594654</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>40121</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -3789,51 +3787,51 @@
         <x:v>92</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>24469</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>592539</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">