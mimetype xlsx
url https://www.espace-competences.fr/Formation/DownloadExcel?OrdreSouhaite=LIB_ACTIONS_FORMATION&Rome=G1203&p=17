--- v0 (2026-02-05)
+++ v1 (2026-02-06)
@@ -455,137 +455,137 @@
   <x:si>
     <x:t>83100</x:t>
   </x:si>
   <x:si>
     <x:t>LP Sévigné</x:t>
   </x:si>
   <x:si>
     <x:t>05003</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pastré</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Pastré</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
+    <x:t>LPO Célony</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Émile Zola</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée E Zola</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP L Blum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP A Briand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jeanne d'Arc - Campus Vincentien d'Arles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jeanne d'Arc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP les Palmiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP G Eiffel</x:t>
   </x:si>
   <x:si>
     <x:t>13682</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP St-Joseph</x:t>
   </x:si>
   <x:si>
     <x:t>83190</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Ferrages</x:t>
   </x:si>
   <x:si>
     <x:t>13250</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-CHAMAS</x:t>
   </x:si>
   <x:si>
-    <x:t>LPO Célony</x:t>
-[...58 lines deleted...]
-  <x:si>
     <x:t>Bac pro animation - enfance et personnes âgées (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Gustave Eiffel</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Animation enfance et personnes âgées</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BPJEPS Spécialité Animateur - Mention Animation socio-éducative ou culturelle</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
@@ -680,92 +680,92 @@
   <x:si>
     <x:t>Ligue de l'enseignement</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formatic Arles</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>BPJEPS spécialité animateur mention animation socio-éducative ou culturelle (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formatic|Formatic - Antenne Montfavet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Horizon Grasse</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>Les Francas - Union régionale PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>Prépa-Sports</x:t>
   </x:si>
   <x:si>
     <x:t>13857</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ligue de l'enseignement 83 - FOL 83</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
-    <x:t>Formatic|Formatic - Antenne Montfavet</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Union française des centres de vacances Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>BPJEPS spécialité animateur mention animation socio-éducative ou culturelle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Union Française des Centres de Vacances et de Loisirs - Antenne Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre d'Entraînement aux Méthodes d'Education Active</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2025 00:00:00</x:t>
@@ -995,71 +995,71 @@
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BPJEPS spécialité animateur mention animation socio-éducative ou culturelle (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BPJEPS Spécialité Animateur Mention Loisirs tous publics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BPJEPS spécialité animateur mention loisirs tous publics</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BPJEPS Spécialité Animateur Mention Loisirs tous publics</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Brevet d'aptitude aux fonctions d'animateur (BAFA)</x:t>
   </x:si>
   <x:si>
     <x:t>Réseau Môm'artre</x:t>
   </x:si>
   <x:si>
     <x:t>75019</x:t>
   </x:si>
   <x:si>
     <x:t>Sans niveau spécifique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation d'Animation et de Conseil</x:t>
@@ -1118,69 +1118,69 @@
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CPJEPS mention animateur d'activités et de vie quotidienne dans toute structure de loisirs et d'animation socioculturelle</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPJEPS mention animateur d'activités et de vie quotidienne dans toute structure de loisirs et d'animation socioculturelle (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>CPJEPS mention animateur d'activités et de vie quotidienne dans toute structure de loisirs et d'animation socioculturelle (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CPJEPS mention animateur d'activités et de vie quotidienne dans toute structure de loisirs et d'animation socioculturelle - Compétences climat sensibilisation à l'écologie</x:t>
   </x:si>
   <x:si>
     <x:t>CPJEPS mention animateur d'activités et de vie quotidienne dans toute structure de loisirs et d'animation socioculturelle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Objectif Plus Economie Sociale et Solidaire</x:t>
   </x:si>
   <x:si>
     <x:t>OPESS</x:t>
   </x:si>
@@ -3485,438 +3485,438 @@
       <x:c r="K26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>594088</x:v>
+        <x:v>594090</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>594091</x:v>
+        <x:v>594095</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>594098</x:v>
+        <x:v>594103</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>594090</x:v>
+        <x:v>594094</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="Q30" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="Q30" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>594095</x:v>
+        <x:v>594096</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>594103</x:v>
+        <x:v>594101</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>594094</x:v>
+        <x:v>594088</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="Q33" s="4" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>151</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>594096</x:v>
+        <x:v>594091</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
@@ -3929,51 +3929,51 @@
       <x:c r="K34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>594101</x:v>
+        <x:v>594098</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -4838,596 +4838,596 @@
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>581218</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="R51" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="R51" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>592340</x:v>
+        <x:v>572780</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>592345</x:v>
+        <x:v>592340</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>564144</x:v>
+        <x:v>592345</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>592342</x:v>
+        <x:v>564145</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>186</x:v>
-[...2 lines deleted...]
-        <x:v>187</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>609564</x:v>
+        <x:v>564144</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>572780</x:v>
+        <x:v>592342</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="H57" s="0" t="s">
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>581996</x:v>
+        <x:v>609564</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>592344</x:v>
+        <x:v>581996</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>564145</x:v>
+        <x:v>592344</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>573065</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
@@ -5446,51 +5446,51 @@
       <x:c r="J61" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>572749</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -5564,51 +5564,51 @@
       <x:c r="I63" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>573066</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
@@ -5623,111 +5623,111 @@
       <x:c r="I64" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>603466</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>605492</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
@@ -5742,51 +5742,51 @@
       <x:c r="I66" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>603464</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
@@ -5857,170 +5857,170 @@
       <x:c r="H68" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>607897</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>602028</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>602029</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
@@ -6033,115 +6033,115 @@
       <x:c r="H71" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>565903</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>605491</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
@@ -6273,54 +6273,54 @@
       <x:c r="I75" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>573064</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -6438,177 +6438,177 @@
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G78" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>583568</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>583588</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G80" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -6627,51 +6627,51 @@
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
@@ -6690,240 +6690,240 @@
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G82" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>583695</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>583748</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G84" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>583591</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
@@ -6942,51 +6942,51 @@
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G86" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -7005,51 +7005,51 @@
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -7068,114 +7068,114 @@
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G88" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>583589</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -7194,75 +7194,75 @@
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G90" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>583692</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
@@ -7320,366 +7320,366 @@
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G92" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>583569</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>583570</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G94" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>583592</x:v>
+        <x:v>583693</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>583693</x:v>
+        <x:v>583592</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G96" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>583696</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -7698,51 +7698,51 @@
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G98" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
@@ -7761,75 +7761,75 @@
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>597822</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
@@ -8166,82 +8166,82 @@
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>584239</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>587772</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
@@ -8280,139 +8280,139 @@
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>586357</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>28557</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>535961</x:v>
+        <x:v>579089</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="U108" s="16" t="s">
         <x:v>310</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>28557</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>579089</x:v>
+        <x:v>535961</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>317</x:v>
@@ -8664,75 +8664,75 @@
         <x:v>608928</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>603527</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
@@ -8828,75 +8828,75 @@
       <x:c r="T117" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>603530</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>338</x:v>
@@ -8904,51 +8904,51 @@
       <x:c r="I119" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>606200</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>32369</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
@@ -9108,1045 +9108,1045 @@
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>583586</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G124" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>583566</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
-      <x:c r="E125" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>264</x:v>
-[...2 lines deleted...]
-        <x:v>265</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>583688</x:v>
+        <x:v>564140</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G126" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>583689</x:v>
+        <x:v>583690</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
+      <x:c r="E127" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="F127" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="H127" s="0" t="s">
+        <x:v>261</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>564140</x:v>
+        <x:v>583587</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G128" s="14" t="s">
-        <x:v>264</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>583690</x:v>
+        <x:v>583746</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>583587</x:v>
+        <x:v>583565</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G130" s="14" t="s">
-        <x:v>176</x:v>
-[...1 lines deleted...]
-      <x:c r="H130" s="14" t="s"/>
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="H130" s="14" t="s">
+        <x:v>265</x:v>
+      </x:c>
       <x:c r="I130" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>583746</x:v>
+        <x:v>583687</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
-      <x:c r="E131" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>219</x:v>
-[...2 lines deleted...]
-        <x:v>260</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>583565</x:v>
+        <x:v>581994</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
-      <x:c r="E132" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E132" s="14" t="s"/>
+      <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>264</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>583687</x:v>
+        <x:v>592249</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>581994</x:v>
+        <x:v>592250</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>592249</x:v>
+        <x:v>592251</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
+      <x:c r="E135" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="F135" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="H135" s="0" t="s">
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>592250</x:v>
+        <x:v>583688</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
-      <x:c r="E136" s="14" t="s"/>
-      <x:c r="F136" s="14" t="s"/>
+      <x:c r="E136" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="F136" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="G136" s="14" t="s">
-        <x:v>217</x:v>
-[...1 lines deleted...]
-      <x:c r="H136" s="14" t="s"/>
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s">
+        <x:v>265</x:v>
+      </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>592251</x:v>
+        <x:v>583689</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>564136</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G138" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>583567</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>583585</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -10159,51 +10159,51 @@
       <x:c r="M140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>581993</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -10330,51 +10330,51 @@
       <x:c r="I143" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>603467</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
@@ -10389,63 +10389,63 @@
       <x:c r="I144" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>588378</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -10567,51 +10567,51 @@
       <x:c r="I147" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>573068</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
@@ -10625,111 +10625,111 @@
       <x:c r="H148" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>607905</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>602030</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
@@ -10863,51 +10863,51 @@
       <x:c r="J152" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>589730</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -10948,328 +10948,327 @@
         <x:v>601425</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>572742</x:v>
+        <x:v>605572</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>573067</x:v>
+        <x:v>605573</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>369</x:v>
-[...1 lines deleted...]
-      <x:c r="H156" s="14" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H156" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
       <x:c r="I156" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>605572</x:v>
+        <x:v>573067</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>374</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>605573</x:v>
+        <x:v>602031</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>246</x:v>
-[...1 lines deleted...]
-      <x:c r="H158" s="14" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H158" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
       <x:c r="I158" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>602031</x:v>
+        <x:v>572742</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>27</x:v>
@@ -11464,109 +11463,109 @@
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>15493</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>583583</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G164" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>392</x:v>
@@ -11602,85 +11601,85 @@
       <x:c r="I165" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>583752</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G166" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>179</x:v>
@@ -11750,131 +11749,131 @@
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G168" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>583713</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>583581</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>46</x:v>
@@ -12003,60 +12002,60 @@
       <x:c r="J172" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>526663</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>4900</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -12124,51 +12123,51 @@
       <x:c r="J174" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>514724</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>113</x:v>
@@ -12496,51 +12495,51 @@
       <x:c r="J181" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>575730</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38185</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
@@ -12612,51 +12611,51 @@
       <x:c r="J183" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>575731</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>35945</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
@@ -12889,100 +12888,100 @@
         <x:v>455</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>614311</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>589566</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
@@ -12991,51 +12990,51 @@
         <x:v>455</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>616896</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>464</x:v>
@@ -13147,51 +13146,51 @@
       <x:c r="I193" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>616897</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>