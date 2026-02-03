--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -266,65 +266,65 @@
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé d’accompagnement à la rénovation énergétique du bâtiment</x:t>
   </x:si>
   <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>formation mixte</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé d'affaires BTP (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association</x:t>
   </x:si>
   <x:si>
     <x:t>92800</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Métré BTP</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Aix en Provence</x:t>
@@ -491,74 +491,74 @@
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet en rénovation énergétique performante</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet en rénovation énergétique performante (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCIV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Académie Vaucluse Provence Industries - Antenne Pertuis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PERTUIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller le maître d'ouvrage sur un projet de rénovation énergétique - Bloc de compétences du titre professionnel chargé d'accompagnement à la rénovation énergétique du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diagnostiqueur immobilier</x:t>
@@ -635,62 +635,62 @@
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diagnostiqueur de produits, équipements, matériaux et déchets issus du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe N2a</x:t>
   </x:si>
   <x:si>
     <x:t>82000</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion déchet</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/05/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2026 00:00:00</x:t>
@@ -749,63 +749,63 @@
   <x:si>
     <x:t>11/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sonelo</x:t>
   </x:si>
   <x:si>
     <x:t>78580</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diagnostiqueur immobilier (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>Organisme de Formation en Immobilier et Bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>OFIB</x:t>
   </x:si>
   <x:si>
     <x:t>72000</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
@@ -1823,191 +1823,191 @@
         <x:v>64</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>539972</x:v>
+        <x:v>579158</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>579158</x:v>
+        <x:v>579296</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>579296</x:v>
+        <x:v>571640</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
@@ -2019,170 +2019,170 @@
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>540558</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>579821</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>571640</x:v>
+        <x:v>539972</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -2230,72 +2230,72 @@
       <x:c r="C14" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>579826</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>38141</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -3081,93 +3081,93 @@
       <x:c r="S28" s="14" t="n">
         <x:v>572714</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>551899</x:v>
+        <x:v>602338</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>93</x:v>
@@ -3178,178 +3178,178 @@
       <x:c r="K30" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>601009</x:v>
+        <x:v>551899</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>602338</x:v>
+        <x:v>601009</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="H32" s="14" t="s">
+      <x:c r="I32" s="16" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>602337</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
@@ -3568,51 +3568,51 @@
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42103</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>581201</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -3623,51 +3623,51 @@
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>42103</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>581200</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
@@ -3675,51 +3675,51 @@
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>42103</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>581206</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
@@ -3730,51 +3730,51 @@
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>42103</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>581207</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -3891,51 +3891,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>604961</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
@@ -3945,165 +3945,165 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>569359</x:v>
+        <x:v>616579</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>616579</x:v>
+        <x:v>569359</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>616578</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -4113,51 +4113,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>616584</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
@@ -4170,51 +4170,51 @@
         <x:v>181</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>616580</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
@@ -4224,51 +4224,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>616581</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
@@ -4281,51 +4281,51 @@
         <x:v>181</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>616569</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
@@ -4335,51 +4335,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>616582</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
@@ -4392,51 +4392,51 @@
         <x:v>181</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>616583</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
@@ -4446,51 +4446,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38036</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>611865</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
@@ -4614,105 +4614,105 @@
         <x:v>156</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>581528</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>581533</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
@@ -4725,105 +4725,105 @@
         <x:v>156</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>39246</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>616587</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>581530</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -4890,51 +4890,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38036</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>611863</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
@@ -4947,51 +4947,51 @@
         <x:v>156</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>581532</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
@@ -5001,51 +5001,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>579990</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
@@ -5058,51 +5058,51 @@
         <x:v>156</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>579991</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
@@ -5112,51 +5112,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39246</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>616586</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -5169,51 +5169,51 @@
         <x:v>156</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39246</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>616589</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
@@ -5223,75 +5223,75 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>579989</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -5445,108 +5445,108 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>579987</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>535908</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
@@ -5556,51 +5556,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39246</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>616588</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
@@ -5613,495 +5613,495 @@
         <x:v>156</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38933</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>557968</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>37790</x:v>
+        <x:v>35015</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>579988</x:v>
+        <x:v>569606</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>35015</x:v>
+        <x:v>38036</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>569606</x:v>
+        <x:v>611864</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>38036</x:v>
+        <x:v>35015</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>611864</x:v>
+        <x:v>544965</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>35015</x:v>
+        <x:v>39246</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>544965</x:v>
+        <x:v>616585</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>39246</x:v>
+        <x:v>37790</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>616585</x:v>
+        <x:v>581527</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>581527</x:v>
+        <x:v>581531</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>581531</x:v>
+        <x:v>579988</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>611869</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
@@ -6111,51 +6111,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>611868</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
@@ -6168,105 +6168,105 @@
         <x:v>231</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>611867</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>611870</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
@@ -6277,51 +6277,51 @@
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>22206</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>599694</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -6611,51 +6611,51 @@
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>607685</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
@@ -7198,51 +7198,51 @@
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>583763</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
@@ -7297,51 +7297,51 @@
         <x:v>276</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>611557</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>289</x:v>
       </x:c>