--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -389,51 +389,51 @@
   <x:si>
     <x:t>Bureau tabac</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GIGNAC-LA-NERTHE</x:t>
   </x:si>
   <x:si>
     <x:t>Débitants de tabac et gérants de débits de tabac : La vente au détail des tabacs manufacturés</x:t>
   </x:si>
   <x:si>
     <x:t>Commerçant</x:t>
   </x:si>
   <x:si>
     <x:t>Employé technicien-vendeur en matériel de sport</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
-    <x:t>AFPA - FILIALE ENTREPRISE</x:t>
+    <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller de vente</x:t>
   </x:si>
@@ -518,140 +518,140 @@
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFAPE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIX-FOURS-LES-PLAGES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Isim 83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA VALETTE-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vénus Consulting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 7e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Weno Ies</x:t>
   </x:si>
   <x:si>
     <x:t>93110</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>Défi 83</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
-    <x:t>LA VALETTE-DU-VAR</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/09/2026 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Formation Centre Delta-Infini</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller de vente (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Performa</x:t>
   </x:si>
   <x:si>
     <x:t>83520</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
@@ -932,105 +932,105 @@
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Solutys - Campus Privé</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
+    <x:t>03/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coaching Paca - Ecole Supérieure de Commerce et de Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H et C Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H et C Conseil - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe B2C Formation - Synergy School</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAGNES-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel conseiller de vente (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Le Pontet</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Tremplin 84</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/18/2027 00:00:00</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Esid - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Neven Education</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2027 00:00:00</x:t>
   </x:si>
@@ -3661,706 +3661,706 @@
       <x:c r="R36" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>583316</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>572014</x:v>
+        <x:v>585923</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>585923</x:v>
+        <x:v>572014</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>598727</x:v>
+        <x:v>609634</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>143</x:v>
-[...1 lines deleted...]
-      <x:c r="H40" s="14" t="s"/>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s">
+        <x:v>151</x:v>
+      </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>569971</x:v>
+        <x:v>551843</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>581579</x:v>
+        <x:v>586460</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>572188</x:v>
+        <x:v>601668</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>609634</x:v>
+        <x:v>605092</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>605092</x:v>
+        <x:v>598727</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="R45" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="S45" s="0" t="n">
+        <x:v>569971</x:v>
+      </x:c>
+      <x:c r="T45" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="R45" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>170</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>551843</x:v>
+        <x:v>581579</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>586460</x:v>
+        <x:v>572188</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>601668</x:v>
+        <x:v>614298</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -4370,51 +4370,51 @@
       <x:c r="L49" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>588060</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="G50" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
@@ -4565,75 +4565,75 @@
       <x:c r="S52" s="14" t="n">
         <x:v>598763</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>602819</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
@@ -4724,51 +4724,51 @@
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>612366</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
@@ -4781,51 +4781,51 @@
       <x:c r="L56" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>573093</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -4855,82 +4855,82 @@
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>588061</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>581577</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
@@ -4946,54 +4946,54 @@
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>586463</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -5093,51 +5093,51 @@
         <x:v>114</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>583315</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
@@ -5337,54 +5337,54 @@
         <x:v>223</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>583665</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
@@ -5635,51 +5635,51 @@
       <x:c r="J71" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>599157</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -5840,75 +5840,75 @@
       <x:c r="T74" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>605457</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
@@ -5955,140 +5955,140 @@
       <x:c r="S76" s="14" t="n">
         <x:v>608490</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>546926</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>603803</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
@@ -6445,51 +6445,51 @@
         <x:v>226</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>599905</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
@@ -6546,892 +6546,893 @@
       <x:c r="S86" s="14" t="n">
         <x:v>557877</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>605239</x:v>
+        <x:v>557876</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>179</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>105</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>591823</x:v>
+        <x:v>552000</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H89" s="0" t="s">
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>599535</x:v>
+        <x:v>559983</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>564808</x:v>
+        <x:v>605456</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>552987</x:v>
+        <x:v>599052</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>555070</x:v>
+        <x:v>600046</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>557876</x:v>
+        <x:v>602037</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>552000</x:v>
+        <x:v>555070</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>265</x:v>
-[...2 lines deleted...]
-        <x:v>266</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>559983</x:v>
+        <x:v>546278</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>605456</x:v>
+        <x:v>605239</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H97" s="0" t="s">
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>599052</x:v>
+        <x:v>591823</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>600046</x:v>
+        <x:v>599535</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>602037</x:v>
+        <x:v>564808</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>546278</x:v>
+        <x:v>552987</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>601041</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
@@ -7553,126 +7554,126 @@
       <x:c r="C104" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>548174</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>601960</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -7732,51 +7733,51 @@
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>548902</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -7871,104 +7872,104 @@
       <x:c r="L109" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>549667</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>602409</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -8331,219 +8332,219 @@
       <x:c r="H117" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>566418</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>570743</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>611169</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>599904</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
@@ -8615,51 +8616,51 @@
       <x:c r="C122" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>600044</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
@@ -8715,84 +8716,84 @@
         <x:v>555068</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>601961</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -9096,221 +9097,221 @@
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>603092</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>571695</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>581194</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>578233</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>348</x:v>
       </x:c>